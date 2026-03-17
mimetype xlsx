--- v0 (2025-12-18)
+++ v1 (2026-03-17)
@@ -1,86 +1,86 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="V:\DQPI_COMMUN\HEMOVIGILANCE\06 - PROCEDURES &amp; REGLEMENTATION\TEXTES REGLEMENTAIRES\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0A7DA61C-530F-4FDC-997A-613765C9B95F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79052A96-8AA0-469D-AA64-46E65E6760E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Textes réglementaires " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1529" uniqueCount="1030">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1543" uniqueCount="1037">
   <si>
     <t>Recommandation HAD SFTS - SFVTT Oct 2021</t>
   </si>
   <si>
     <t>modifiant la décision du 4 juin 2020 modifiée fixant la liste et les caractéristiques des produits sanguins labiles</t>
   </si>
   <si>
     <t xml:space="preserve">Décision du 13 décembre 2021 </t>
   </si>
   <si>
     <t>Décision du 9 juillet 2020 </t>
   </si>
   <si>
     <t>modifiant la décision du 4 juin 2020 fixant la liste des caractéristiques des produits sanguins labiles </t>
   </si>
   <si>
     <t>Décision du 10 mars 2020 </t>
   </si>
   <si>
     <t>définissant les principes de bonnes pratiques prévues à l’article L.1222-12 du CSP</t>
   </si>
   <si>
     <t>Décision 2008-52 du 3 mars 2008  </t>
   </si>
   <si>
@@ -3128,50 +3128,71 @@
     <t>SUBSTANCES ORIGINE HUMAINE, NORMES QUALITE</t>
   </si>
   <si>
     <t>https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=OJ:L_202401938</t>
   </si>
   <si>
     <t>Arrêté du 8 mars 2024</t>
   </si>
   <si>
     <t>portant modification de l'arrêté du 29 août 2022 fixant le contenu du formulaire de consentement du tiers donneur à la communication de son identité et de ses données non identifiantes aux personnes majeures nées de son don et le contenu du formulaire de collecte de son identité et de ses données non identifiantes</t>
   </si>
   <si>
     <t>https://www.legifrance.gouv.fr/loda/id/JORFTEXT000049263767/</t>
   </si>
   <si>
     <t>https://www.legifrance.gouv.fr/download/pdf?id=9GNXKQLRE38a2ZF1Ppt2YPpkgvuqALFfA-uBENCC3pA=</t>
   </si>
   <si>
     <t>Arrêté du 10 décembre 2025</t>
   </si>
   <si>
     <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053015545</t>
   </si>
   <si>
     <t>https://www.legifrance.gouv.fr/download/file/brmGuqwp_T0wkt_Iy250cl4sgm5ARrC9jOV457GNbRw=/JOE_TEXTE</t>
+  </si>
+  <si>
+    <t>Arrêté du 18 décembre 2025</t>
+  </si>
+  <si>
+    <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053158770</t>
+  </si>
+  <si>
+    <t>https://www.legifrance.gouv.fr/download/file/2fSg0gK8SkxFiE_nE2Iu0tshOTgmau9VrMPHlxtKYOc=/JOE_TEXTE</t>
+  </si>
+  <si>
+    <t>Arrêté du 5 février 2026</t>
+  </si>
+  <si>
+    <t>approuvant le référentiel fixant les critères applicables en vue de la délivrance de l'autorisation d'utilisation de la carte Vitale sous forme d'application mobile comme moyen d'identification à distance des utilisateurs.</t>
+  </si>
+  <si>
+    <t>https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053452818</t>
+  </si>
+  <si>
+    <t>https://www.legifrance.gouv.fr/download/pdf?id=5vuPU1cIMvT1eiR_WOdT25H5qO1QTg2VZoj1b1RFD7U=</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="13" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF00B050"/>
@@ -3558,52 +3579,52 @@
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="LISTEREGLEMENTATION" displayName="LISTEREGLEMENTATION" ref="A1:G251" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
-  <autoFilter ref="A1:G251" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="LISTEREGLEMENTATION" displayName="LISTEREGLEMENTATION" ref="A1:G253" totalsRowShown="0" headerRowDxfId="8" dataDxfId="7">
+  <autoFilter ref="A1:G253" xr:uid="{00000000-0009-0000-0100-000001000000}"/>
   <tableColumns count="7">
     <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="TYPE DE TEXTE" dataDxfId="6"/>
     <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="NUMERO" dataDxfId="5"/>
     <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="OBJET" dataDxfId="4"/>
     <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="MOTS CLES" dataDxfId="3"/>
     <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="THEMATIQUE" dataDxfId="2"/>
     <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="LIEN WEB" dataDxfId="1"/>
     <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="REMARQUES" dataDxfId="0"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium2" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
@@ -3835,59 +3856,59 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hemovigilance-cncrh.fr/wp18/wp-docs/TEXTES%20REGLEMENTAIRES/2021_230.pdf?refCNCRH=864" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045358705" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000036800492" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=sq46TqNkffT4j2p9lMc0H3VEXILojmKp9tcAuKhOmEw=" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/42631" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nAa_9qTyp1Ae1r5K26mhZO_AvWkqbw3aGTWSBldcbDg=" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046691216" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000706692" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000044315202" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000178299" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nsYa0s7cOp1mLbYPXBjVvlo7HqWR6wDUo19VGpmA_28=" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000048851655" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050771440" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046849231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044294321" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000036341411" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=uQ1M7hNxiim6Ae5mabID-A4BNEwJQ7EfLi7kTPI1Kqo=" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000018681493" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000034419758/2023-05-02/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=42631" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BJULqpQE-9TmNSU3fvho4ovKSk5AJ5_K4MfKeTuWgLs=" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038135525" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046848991" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/45625?dateSignature=25%2F07%2F2025&amp;init=true&amp;page=1&amp;query=&amp;searchField=ALL&amp;tab_selection=circ" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000039457239" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046566303" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460241" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000039384401/?isSuggest=true" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043015264" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000706693" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2000/00-20/a0201386.htm" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=7KWk6d3KoPgLV20BRNIjamp3M35OxUwvbImODEBXLcw=" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=44696" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=Y1pv-wbV2uhyUgJCtogN2QmEMiykiJvwYHs2k2p5fXg=" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/page/decision-du-02-07-2020-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-dun-effet-indesirable-survenu-chez-un-receveur-de-produits-sanguins-labiles" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000261711" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legifrance.gouv.fr/download/pdf?id=BuG8tiwHDB_YPveAe_ktM4qkoKSM9d0LbXcF87vNvn8=" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=ttT5RXDvKrhdSNrNIB4Nug3xlp85wq1NC_3g_JDOLXQ=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046548579" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/41892" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=45625" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044294255" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000032378088" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/article_jo/JORFARTI000002440227" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=7ssJZAWn5IGLgerxT80AswWgvTZMVUniHU5Fqj4D2IM=" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=6jSpA0cWPxkOQ3AuvS7vvBR1yZbGCzCoPVQkMu7aliM=" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000034634586" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000035315271" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=ED_FQNh-zhkUqRj9PAsPiMXue6e00N38ALbR05J-d0I=" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000033511583" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=e4HmJimfbrDd-CZ1nKjegAxCyC7sG9jN3-HeOYv-mIo=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038396526" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006908885" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000051013550" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046548689" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000039682814" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000616308" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/1999/99-04/a0040265.htm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2013/13-08/ste_20130008_0000_0161.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzp_K88lNSC-q-NZWqUPb-UFY=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045100212" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2022/2022.21.sante.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000046548579/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=GVPoo3-JlOUMn-xQARX1jjNamys7izWpUNFUb0zrtz4=" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049025604" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049699228" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bulletins-officiels.social.gouv.fr/instruction-ndeg-dgscorruss202565-du-11-juillet-2025-relative-aux-modalites-de-transmission-et-de-gestion-des-signalements-sanitaires-et-des-alertes-sanitaires-entre-les-agences-regionales-de-sante-ars-et-le-ministere-en-charge-de-la-sante" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046849110" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044293333" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000031783102" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000647518" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460364" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=N-QRz1-Erbq81qBeUMuVaYa2kLzkBjj04JH3kFRD0Uk=" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038821260" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000043500152" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=MVnzi7XdDvwk4ZQpBsFDk3zLU0qEibk63km_B5Qb8I4=" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000036635859" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047664643" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000049025644?origin=list" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2025/2025.3.sante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000034492649" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046299301" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000039667225/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000427134" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/reglementation/1997/07111997.HTM" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044099434" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/1998/98-11/a0110682.htm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfts.asso.fr/Media/association/document_had_transfusion_version_octobre_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzp4QZME92AGLXLKvuSbVD0NI=" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=41994" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=tuJ-YzZKSB-nAqvlqBHix7talZ9lnyLN57RoAo5GuSg=" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000023492706" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=kONM7XCFtUP-8qj-5T_gzVVbqlB-xT1BMnui4USyxY4=" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=f-VfJ5XNFUpUtVAlyCL9VF7keSMQViF74bEc9E60b0c=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000033893453" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043934069" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000024908577" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=OJ:L_202401938" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000649510" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000034502071" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=phaGIaahl7hd3j9yBC-NoShr-pozVDx7PfQAR7cq3Us=" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000038889182/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000025843580" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045668631" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=43gvqVAjBUVpsMeyRQBziEfeZCnEcFPiqolRVn34lmc=" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000042158079" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049171457" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000031922237/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046269938" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038720924" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000051533034" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000778935" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006196200/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-02/a0020109.htm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/jcms/c_2571571/fr/transfusion-de-plaquettes-produits-indications" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=er5n6qWbCh5w4bqChlzENGFWo9wuZzYvHx_q16YZst4=" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2022/2022.12.sante.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043914236" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043185019" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000030185960" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000034165439" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/documents/reference/bonnes-pratiques-transfusionnelles" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049962746" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000049263767/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043934053" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000024388257" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000610776" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460290" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=ubB_A-cNDGDG0l-z5OwjfLwrz_FxX4n3ui1wgdsrojQ=" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000038889182/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460238" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=cOdN1i2AI7uKqTG6sMXeUqUxAG9atqZ3TY6Zzojlrhs=" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=xqu1ntKJQ_Qf10Fimh1S_0mtqoLOiPab_gT-xvWbPuE=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000029449080" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=_RdR_b-lGa4IanGqDnvgmoIzordkyts-aeuVNlu_5YI=" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049209996" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=mAfLnYuTsM3qBBS5duXJF_q7v1PmbmTNqlB12YyywM8=" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046081638" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000037865128" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000592185" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hemovigilance-cncrh.fr/www2/reglementation/1994/07071994.HTM" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/upload/docs/application/pdf/2015-02/transfusion_de_globules_rouges_homologues_-_produits_indications_alternatives_-_recommandations.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzp71VcLEUO_fLcFP_T3B1mvk=" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hemovigilance-cncrh.fr/www2/Textes/2005/modif_dt2bis.htm" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2013/13-08/ste_20130008_0000_0161.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=43gvqVAjBUVpsMeyRQBziAmEMiykiJvwYHs2k2p5fXg=" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=sGt3i8i_ksaZ36yUVJZfAzTOvZ5Ek71A8bGZcLXcvgM=" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047897507" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049962783" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=9GNXKQLRE38a2ZF1Ppt2YPpkgvuqALFfA-uBENCC3pA=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000033585836" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043814641/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000022759086" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000033975530" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=1Acbcyj7-Ii_D2boWgiQWWK_xyY81mWMZ4M2rjQMhI0=" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000580061" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=v4Rngi7zaKptZaSqcyl9TlsDFihSq-tW46KWa2ISZzs=" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000032926037" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045668536" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BG4qLn5SJ4Cw3nfFjzN7lVVTC2gzvG3rX0Yw_wHhyng=" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=-Yq_2kBSj9MUM8xLsZkSeK7ZZ_SnyxNNSb_7KbhDTxo=" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049210226" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000051724997" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000470102" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045457951" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000037533105" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006170991/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000022512434" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-40/a0402676.htm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzpx3O4xmSvOPYyCCsoYxugE4=" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2020/20-01/ste_20200001_0000_0048.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nN7laakBzt5bokEMe5eJw4uky5TKiWOBUy2E5TQQFyI=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000512843" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=wjx_cbCgyljWcmduDMKR-I6UDiemeBPdGRbm-zc6GpM=" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bourgogne-franche-comte.ars.sante.fr/media/112810/download?inline" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hemovigilance-cncrh.fr/wp18/wp-docs/TEXTES%20REGLEMENTAIRES/2021_230.pdf?refCNCRH=864" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047477817" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043673172" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460271" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053015545" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037218201/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000750002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006190231/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=Kfhp4uzKYCIO4d0RRPB2AAlgj8aUOv1MZCf1HPdWY3s=" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=_RdR_b-lGa4IanGqDnvgmvBxp9otGl_zchVsdMj84N4=" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=cOdN1i2AI7uKqTG6sMXeUvLx9X9GGYaPouIdDZ37oog=" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000033117678" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000033511583" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049386364" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000645478" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045726627" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000052008743" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043618501" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/Textes/csp/1221-17.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esante.gouv.fr/actualites/publication-du-referentiel-fonctionnel-de-telesante" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=n6aIVSlUPxMsyFLdItJxM3m8SR_IEm35GBjsA0oLnJk=" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=44396" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nN7laakBzt5bokEMe5eJwzzrWXQM5y4NfCScG3tMRLU=" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000020961035/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2006/06-02/a0020042.htm" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000019354799/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000048348068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000337138" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047234110" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050085779" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/file/brmGuqwp_T0wkt_Iy250cl4sgm5ARrC9jOV457GNbRw=/JOE_TEXTE" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044947284" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460268" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2006/06-07/a0070027.htm" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043884384" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000035676246" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037116549/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000354217" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038396526" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000032465957" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000636146" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/?uri=celex%3A32014R0910" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000036515217/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=6P162LM82elUuQYVY6S08hkYGabP8ba49aO-f7x1w_c=" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047128808" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/Textes/csp/1221-17.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tools.cofrac.fr/documentation/sh-ref-02" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=dlBe0CMHVBElMzb91gd8AHm5ifQeOmNVXdsTzHrVmHE=" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/41892" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043403775" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000019962946" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-02/a0020109.htm" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000039196419" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=CELEX:32005L0061&amp;from=MT" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=z7YPCZNzSi-aR2QggMoF9x_gj46VUHuDa2bcF6TfAxM=" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000048621373" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050085791" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2023/2023.7.sante.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=CELEX:32017R0745" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000021683301/2023-05-03/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000368897" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044525571" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000036932278" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000042044222" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=Bt3QfLa63AJttx-yKcSqMzebC1i87nJfaqdPaNKsonw=" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=tjvmbkXgAp65xnfG1shdQfJM530GUFJ9awgXQ4O_4Uw=" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=hoien9iP5SWXe9aX3c4lfX-9gRX-cMgK-3DaXqN0q4o=" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/HTML/?uri=CELEX:32016L1214" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046849056" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000052158189" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/Textes/csp/1221-17.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/41994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043100689" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046794027" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043162656/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000017641933/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-02/a0020108.htm" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=7KWk6d3KoPgLV20BRNIjapVcNxJNGE5wJPoKzs9murs=" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=41892" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000573437" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000029449080" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000041999448/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/actualites/decision-du-28-12-2023-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-deffet-indesirable-grave-survenu-chez-un-donneur-de-sang" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050069566" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044294440" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2008/08-03/SEL_20080003_0100_0094.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esante.gouv.fr/espace_documentation/identite-nationale-de-sante/1-principes-didentification-des-usagers-communs-tous-les-acteurs-de-sante" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/LEGIARTI000038439550" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=9eC_gjpEHRJ19DDOm02YK0OKybiynhwl4zWmqSZPghk=" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=e4HmJimfbrDd-CZ1nKjegHPxJDJK_RXqQJ6-9J1vPu4=" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/id/LEGIARTI000039658947/2021-01-01" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000042221110" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043100729" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=b8eJc0VlE03v2YuaFtGY3TvytpTEMRDHxfRZ7iYE1vA=" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2003/03-12/a0120890.htm" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/page/decision-du-02-07-2020-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-dun-effet-indesirable-survenu-chez-un-receveur-de-produits-sanguins-labiles" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hemovigilance-cncrh.fr/wp18/wp-docs/TEXTES%20REGLEMENTAIRES/2021_230.pdf?refCNCRH=864" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045358705" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000036800492" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=sq46TqNkffT4j2p9lMc0H3VEXILojmKp9tcAuKhOmEw=" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/42631" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nAa_9qTyp1Ae1r5K26mhZO_AvWkqbw3aGTWSBldcbDg=" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046691216" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000706692" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000044315202" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000178299" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nsYa0s7cOp1mLbYPXBjVvlo7HqWR6wDUo19VGpmA_28=" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000048851655" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053452818" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046849231" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044294321" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000036341411" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=uQ1M7hNxiim6Ae5mabID-A4BNEwJQ7EfLi7kTPI1Kqo=" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000018681493" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000034419758/2023-05-02/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=42631" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BJULqpQE-9TmNSU3fvho4ovKSk5AJ5_K4MfKeTuWgLs=" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038135525" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046848991" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/45625?dateSignature=25%2F07%2F2025&amp;init=true&amp;page=1&amp;query=&amp;searchField=ALL&amp;tab_selection=circ" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000039457239" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046566303" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460241" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000039384401/?isSuggest=true" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=5vuPU1cIMvT1eiR_WOdT25H5qO1QTg2VZoj1b1RFD7U=" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043015264" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000706693" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2000/00-20/a0201386.htm" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=7KWk6d3KoPgLV20BRNIjamp3M35OxUwvbImODEBXLcw=" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=44696" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=Y1pv-wbV2uhyUgJCtogN2QmEMiykiJvwYHs2k2p5fXg=" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/page/decision-du-02-07-2020-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-dun-effet-indesirable-survenu-chez-un-receveur-de-produits-sanguins-labiles" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000261711" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.legifrance.gouv.fr/download/pdf?id=BuG8tiwHDB_YPveAe_ktM4qkoKSM9d0LbXcF87vNvn8=" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=ttT5RXDvKrhdSNrNIB4Nug3xlp85wq1NC_3g_JDOLXQ=" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046548579" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/41892" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=45625" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044294255" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000032378088" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/article_jo/JORFARTI000002440227" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=7ssJZAWn5IGLgerxT80AswWgvTZMVUniHU5Fqj4D2IM=" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=6jSpA0cWPxkOQ3AuvS7vvBR1yZbGCzCoPVQkMu7aliM=" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000034634586" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000035315271" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=ED_FQNh-zhkUqRj9PAsPiMXue6e00N38ALbR05J-d0I=" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000033511583" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=e4HmJimfbrDd-CZ1nKjegAxCyC7sG9jN3-HeOYv-mIo=" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038396526" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000006908885" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000051013550" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046548689" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000039682814" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000616308" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/1999/99-04/a0040265.htm" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2013/13-08/ste_20130008_0000_0161.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzp_K88lNSC-q-NZWqUPb-UFY=" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045100212" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2022/2022.21.sante.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000046548579/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=GVPoo3-JlOUMn-xQARX1jjNamys7izWpUNFUb0zrtz4=" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049025604" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049699228" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bulletins-officiels.social.gouv.fr/instruction-ndeg-dgscorruss202565-du-11-juillet-2025-relative-aux-modalites-de-transmission-et-de-gestion-des-signalements-sanitaires-et-des-alertes-sanitaires-entre-les-agences-regionales-de-sante-ars-et-le-ministere-en-charge-de-la-sante" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046849110" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044293333" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000031783102" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000647518" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460364" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=N-QRz1-Erbq81qBeUMuVaYa2kLzkBjj04JH3kFRD0Uk=" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038821260" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000043500152" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=MVnzi7XdDvwk4ZQpBsFDk3zLU0qEibk63km_B5Qb8I4=" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000036635859" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047664643" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000049025644?origin=list" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2025/2025.3.sante.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000034492649" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046299301" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000039667225/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000427134" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/reglementation/1997/07111997.HTM" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044099434" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/1998/98-11/a0110682.htm" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.sfts.asso.fr/Media/association/document_had_transfusion_version_octobre_2021.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzp4QZME92AGLXLKvuSbVD0NI=" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=41994" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=tuJ-YzZKSB-nAqvlqBHix7talZ9lnyLN57RoAo5GuSg=" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000023492706" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=kONM7XCFtUP-8qj-5T_gzVVbqlB-xT1BMnui4USyxY4=" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=f-VfJ5XNFUpUtVAlyCL9VF7keSMQViF74bEc9E60b0c=" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000033893453" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043934069" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000024908577" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=OJ:L_202401938" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000649510" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000034502071" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=phaGIaahl7hd3j9yBC-NoShr-pozVDx7PfQAR7cq3Us=" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000038889182/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000025843580" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045668631" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=43gvqVAjBUVpsMeyRQBziEfeZCnEcFPiqolRVn34lmc=" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000042158079" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049171457" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000031922237/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046269938" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038720924" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000051533034" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000778935" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006196200/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-02/a0020109.htm" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/jcms/c_2571571/fr/transfusion-de-plaquettes-produits-indications" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=er5n6qWbCh5w4bqChlzENGFWo9wuZzYvHx_q16YZst4=" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2022/2022.12.sante.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043914236" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043185019" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000030185960" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000034165439" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/documents/reference/bonnes-pratiques-transfusionnelles" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049962746" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000049263767/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043934053" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000024388257" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000610776" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460290" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=ubB_A-cNDGDG0l-z5OwjfLwrz_FxX4n3ui1wgdsrojQ=" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000038889182/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460238" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=cOdN1i2AI7uKqTG6sMXeUqUxAG9atqZ3TY6Zzojlrhs=" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=xqu1ntKJQ_Qf10Fimh1S_0mtqoLOiPab_gT-xvWbPuE=" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000029449080" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=_RdR_b-lGa4IanGqDnvgmoIzordkyts-aeuVNlu_5YI=" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049209996" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=mAfLnYuTsM3qBBS5duXJF_q7v1PmbmTNqlB12YyywM8=" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046081638" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000037865128" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000592185" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hemovigilance-cncrh.fr/www2/reglementation/1994/07071994.HTM" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/upload/docs/application/pdf/2015-02/transfusion_de_globules_rouges_homologues_-_produits_indications_alternatives_-_recommandations.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzp71VcLEUO_fLcFP_T3B1mvk=" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://hemovigilance-cncrh.fr/www2/Textes/2005/modif_dt2bis.htm" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2013/13-08/ste_20130008_0000_0161.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=43gvqVAjBUVpsMeyRQBziAmEMiykiJvwYHs2k2p5fXg=" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=sGt3i8i_ksaZ36yUVJZfAzTOvZ5Ek71A8bGZcLXcvgM=" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047897507" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049962783" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=9GNXKQLRE38a2ZF1Ppt2YPpkgvuqALFfA-uBENCC3pA=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000033585836" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043814641/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000022759086" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000033975530" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=1Acbcyj7-Ii_D2boWgiQWWK_xyY81mWMZ4M2rjQMhI0=" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000580061" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=v4Rngi7zaKptZaSqcyl9TlsDFihSq-tW46KWa2ISZzs=" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000032926037" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045668536" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BG4qLn5SJ4Cw3nfFjzN7lVVTC2gzvG3rX0Yw_wHhyng=" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=-Yq_2kBSj9MUM8xLsZkSeK7ZZ_SnyxNNSb_7KbhDTxo=" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049210226" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000051724997" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000470102" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045457951" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000037533105" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006170991/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000022512434" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-40/a0402676.htm" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=BqCVxVIQiaGDHagpP7Zzpx3O4xmSvOPYyCCsoYxugE4=" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2020/20-01/ste_20200001_0000_0048.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nN7laakBzt5bokEMe5eJw4uky5TKiWOBUy2E5TQQFyI=" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000512843" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=wjx_cbCgyljWcmduDMKR-I6UDiemeBPdGRbm-zc6GpM=" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.bourgogne-franche-comte.ars.sante.fr/media/112810/download?inline" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hemovigilance-cncrh.fr/wp18/wp-docs/TEXTES%20REGLEMENTAIRES/2021_230.pdf?refCNCRH=864" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047477817" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043673172" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460271" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053015545" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037218201/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000750002" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/section_lc/LEGITEXT000006072665/LEGISCTA000006190231/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=Kfhp4uzKYCIO4d0RRPB2AAlgj8aUOv1MZCf1HPdWY3s=" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=_RdR_b-lGa4IanGqDnvgmvBxp9otGl_zchVsdMj84N4=" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=cOdN1i2AI7uKqTG6sMXeUvLx9X9GGYaPouIdDZ37oog=" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000033117678" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000033511583" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000049386364" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000645478" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000045726627" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000052008743" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043618501" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/Textes/csp/1221-17.html" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esante.gouv.fr/actualites/publication-du-referentiel-fonctionnel-de-telesante" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=n6aIVSlUPxMsyFLdItJxM3m8SR_IEm35GBjsA0oLnJk=" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=44396" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=nN7laakBzt5bokEMe5eJwzzrWXQM5y4NfCScG3tMRLU=" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000020961035/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2006/06-02/a0020042.htm" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000019354799/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000048348068" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000000337138" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047234110" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050085779" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/file/brmGuqwp_T0wkt_Iy250cl4sgm5ARrC9jOV457GNbRw=/JOE_TEXTE" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044947284" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000029460268" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2006/06-07/a0070027.htm" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043884384" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000035676246" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000037116549/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000354217" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000038396526" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000032465957" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000636146" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/?uri=celex%3A32014R0910" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000036515217/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=6P162LM82elUuQYVY6S08hkYGabP8ba49aO-f7x1w_c=" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000047128808" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/Textes/csp/1221-17.html" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tools.cofrac.fr/documentation/sh-ref-02" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=dlBe0CMHVBElMzb91gd8AHm5ifQeOmNVXdsTzHrVmHE=" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/41892" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043403775" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000019962946" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-02/a0020109.htm" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000039196419" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=CELEX:32005L0061&amp;from=MT" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=z7YPCZNzSi-aR2QggMoF9x_gj46VUHuDa2bcF6TfAxM=" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000048621373" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050085791" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000053158770" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2023/2023.7.sante.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/PDF/?uri=CELEX:32017R0745" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000021683301/2023-05-03/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000368897" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044525571" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000036932278" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000042044222" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=Bt3QfLa63AJttx-yKcSqMzebC1i87nJfaqdPaNKsonw=" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=tjvmbkXgAp65xnfG1shdQfJM530GUFJ9awgXQ4O_4Uw=" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=hoien9iP5SWXe9aX3c4lfX-9gRX-cMgK-3DaXqN0q4o=" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/FR/TXT/HTML/?uri=CELEX:32016L1214" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046849056" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000052158189" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.hemovigilance-cncrh.fr/www2/Textes/csp/1221-17.html" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/circulaire/id/41994" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043100689" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000046794027" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000043162656/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000017641933/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2004/04-02/a0020108.htm" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=7KWk6d3KoPgLV20BRNIjapVcNxJNGE5wJPoKzs9murs=" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf/circ?id=41892" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000000573437" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/JORFTEXT000029449080" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000041999448/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/actualites/decision-du-28-12-2023-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-deffet-indesirable-grave-survenu-chez-un-donneur-de-sang" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050069566" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/file/2fSg0gK8SkxFiE_nE2Iu0tshOTgmau9VrMPHlxtKYOc=/JOE_TEXTE" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000044294440" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2008/08-03/SEL_20080003_0100_0094.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://esante.gouv.fr/espace_documentation/identite-nationale-de-sante/1-principes-didentification-des-usagers-communs-tous-les-acteurs-de-sante" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/loda/id/LEGIARTI000038439550" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=9eC_gjpEHRJ19DDOm02YK0OKybiynhwl4zWmqSZPghk=" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=e4HmJimfbrDd-CZ1nKjegHPxJDJK_RXqQJ6-9J1vPu4=" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/codes/id/LEGIARTI000039658947/2021-01-01" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000042221110" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000043100729" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/download/pdf?id=b8eJc0VlE03v2YuaFtGY3TvytpTEMRDHxfRZ7iYE1vA=" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2003/03-12/a0120890.htm" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sante.gouv.fr/fichiers/bo/2021/2021.1.sante.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ansm.sante.fr/page/decision-du-02-07-2020-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-dun-effet-indesirable-survenu-chez-un-receveur-de-produits-sanguins-labiles" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.legifrance.gouv.fr/jorf/id/JORFTEXT000050771440" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:I250"/>
+  <dimension ref="A1:I252"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A66" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="G78" sqref="G78"/>
+    <sheetView tabSelected="1" topLeftCell="A75" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="G85" sqref="G85"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.7109375" style="1" customWidth="1"/>
     <col min="2" max="2" width="52.140625" style="1" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="83.42578125" style="6" customWidth="1"/>
     <col min="4" max="4" width="83" style="6" customWidth="1"/>
     <col min="5" max="5" width="23.85546875" style="6" customWidth="1"/>
     <col min="6" max="6" width="83.85546875" style="6" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="76.140625" style="15" customWidth="1"/>
     <col min="8" max="8" width="19.5703125" style="2" customWidth="1"/>
     <col min="9" max="16384" width="11.42578125" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="13" t="s">
         <v>155</v>
       </c>
       <c r="B1" s="13" t="s">
         <v>156</v>
       </c>
       <c r="C1" s="13" t="s">
         <v>153</v>
       </c>
@@ -5602,4229 +5623,4283 @@
       <c r="I76" s="6"/>
     </row>
     <row r="77" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A77" s="10" t="s">
         <v>164</v>
       </c>
       <c r="B77" s="11" t="s">
         <v>232</v>
       </c>
       <c r="C77" s="11" t="s">
         <v>52</v>
       </c>
       <c r="D77" s="11" t="s">
         <v>231</v>
       </c>
       <c r="E77" s="11" t="s">
         <v>229</v>
       </c>
       <c r="F77" s="17" t="s">
         <v>233</v>
       </c>
       <c r="G77" s="11"/>
       <c r="H77" s="11"/>
       <c r="I77" s="6"/>
     </row>
-    <row r="78" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="78" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A78" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B78" s="11" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="C78" s="11" t="s">
-        <v>328</v>
+        <v>1034</v>
       </c>
       <c r="D78" s="11" t="s">
-        <v>883</v>
+        <v>860</v>
       </c>
       <c r="E78" s="11" t="s">
-        <v>452</v>
+        <v>531</v>
       </c>
       <c r="F78" s="17" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="G78" s="17" t="s">
-        <v>1029</v>
+        <v>1036</v>
       </c>
       <c r="H78" s="11"/>
       <c r="I78" s="6"/>
     </row>
     <row r="79" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A79" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B79" s="11" t="s">
-        <v>988</v>
+        <v>1030</v>
       </c>
       <c r="C79" s="11" t="s">
-        <v>989</v>
+        <v>56</v>
       </c>
       <c r="D79" s="11" t="s">
-        <v>982</v>
+        <v>883</v>
       </c>
       <c r="E79" s="11" t="s">
-        <v>990</v>
+        <v>452</v>
       </c>
       <c r="F79" s="17" t="s">
-        <v>991</v>
+        <v>1031</v>
       </c>
       <c r="G79" s="17" t="s">
-        <v>992</v>
+        <v>1032</v>
       </c>
       <c r="H79" s="11"/>
       <c r="I79" s="6"/>
     </row>
     <row r="80" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A80" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B80" s="11" t="s">
-        <v>976</v>
+        <v>1027</v>
       </c>
       <c r="C80" s="11" t="s">
-        <v>977</v>
+        <v>328</v>
       </c>
       <c r="D80" s="11" t="s">
-        <v>853</v>
+        <v>883</v>
       </c>
       <c r="E80" s="11" t="s">
-        <v>472</v>
+        <v>452</v>
       </c>
       <c r="F80" s="17" t="s">
-        <v>978</v>
+        <v>1028</v>
       </c>
       <c r="G80" s="17" t="s">
-        <v>979</v>
+        <v>1029</v>
       </c>
       <c r="H80" s="11"/>
       <c r="I80" s="6"/>
     </row>
     <row r="81" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A81" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B81" s="11" t="s">
-        <v>972</v>
+        <v>988</v>
       </c>
       <c r="C81" s="11" t="s">
-        <v>973</v>
+        <v>989</v>
       </c>
       <c r="D81" s="11" t="s">
-        <v>974</v>
+        <v>982</v>
       </c>
       <c r="E81" s="11" t="s">
-        <v>229</v>
+        <v>990</v>
       </c>
       <c r="F81" s="17" t="s">
-        <v>975</v>
-[...1 lines deleted...]
-      <c r="G81" s="30"/>
+        <v>991</v>
+      </c>
+      <c r="G81" s="17" t="s">
+        <v>992</v>
+      </c>
       <c r="H81" s="11"/>
       <c r="I81" s="6"/>
     </row>
-    <row r="82" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A82" s="25" t="s">
+    <row r="82" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A82" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B82" s="11" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="C82" s="11" t="s">
-        <v>961</v>
+        <v>977</v>
       </c>
       <c r="D82" s="11" t="s">
-        <v>456</v>
+        <v>853</v>
       </c>
       <c r="E82" s="11" t="s">
-        <v>963</v>
+        <v>472</v>
       </c>
       <c r="F82" s="17" t="s">
-        <v>964</v>
-[...1 lines deleted...]
-      <c r="G82" s="14"/>
+        <v>978</v>
+      </c>
+      <c r="G82" s="17" t="s">
+        <v>979</v>
+      </c>
       <c r="H82" s="11"/>
       <c r="I82" s="6"/>
     </row>
-    <row r="83" spans="1:9" ht="90" x14ac:dyDescent="0.25">
+    <row r="83" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A83" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B83" s="11" t="s">
-        <v>966</v>
+        <v>972</v>
       </c>
       <c r="C83" s="11" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="D83" s="11" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="E83" s="11" t="s">
-        <v>446</v>
+        <v>229</v>
       </c>
       <c r="F83" s="17" t="s">
-        <v>971</v>
-[...1 lines deleted...]
-      <c r="G83" s="14"/>
+        <v>975</v>
+      </c>
+      <c r="G83" s="30"/>
       <c r="H83" s="11"/>
       <c r="I83" s="6"/>
     </row>
     <row r="84" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A84" s="10" t="s">
+      <c r="A84" s="25" t="s">
         <v>163</v>
       </c>
       <c r="B84" s="11" t="s">
-        <v>966</v>
+        <v>962</v>
       </c>
       <c r="C84" s="11" t="s">
-        <v>965</v>
+        <v>961</v>
       </c>
       <c r="D84" s="11" t="s">
-        <v>967</v>
+        <v>456</v>
       </c>
       <c r="E84" s="11" t="s">
-        <v>192</v>
+        <v>963</v>
       </c>
       <c r="F84" s="17" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="G84" s="14"/>
       <c r="H84" s="11"/>
       <c r="I84" s="6"/>
     </row>
-    <row r="85" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A85" s="25" t="s">
+    <row r="85" spans="1:9" ht="90" x14ac:dyDescent="0.25">
+      <c r="A85" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B85" s="14" t="s">
-[...9 lines deleted...]
-        <v>927</v>
+      <c r="B85" s="11" t="s">
+        <v>966</v>
+      </c>
+      <c r="C85" s="11" t="s">
+        <v>969</v>
+      </c>
+      <c r="D85" s="11" t="s">
+        <v>970</v>
+      </c>
+      <c r="E85" s="11" t="s">
+        <v>446</v>
       </c>
       <c r="F85" s="17" t="s">
-        <v>932</v>
+        <v>971</v>
       </c>
       <c r="G85" s="14"/>
       <c r="H85" s="11"/>
       <c r="I85" s="6"/>
     </row>
-    <row r="86" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+    <row r="86" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A86" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B86" s="11" t="s">
-        <v>1023</v>
+        <v>966</v>
       </c>
       <c r="C86" s="11" t="s">
-        <v>1024</v>
+        <v>965</v>
       </c>
       <c r="D86" s="11" t="s">
-        <v>853</v>
+        <v>967</v>
       </c>
       <c r="E86" s="11" t="s">
-        <v>472</v>
+        <v>192</v>
       </c>
       <c r="F86" s="17" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>968</v>
+      </c>
+      <c r="G86" s="14"/>
       <c r="H86" s="11"/>
       <c r="I86" s="6"/>
     </row>
-    <row r="87" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="87" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A87" s="25" t="s">
         <v>163</v>
       </c>
       <c r="B87" s="14" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="C87" s="14" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="D87" s="14" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="E87" s="14" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="F87" s="17" t="s">
-        <v>921</v>
+        <v>932</v>
       </c>
       <c r="G87" s="14"/>
       <c r="H87" s="11"/>
       <c r="I87" s="6"/>
     </row>
-    <row r="88" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A88" s="25" t="s">
+    <row r="88" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A88" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B88" s="14" t="s">
-[...9 lines deleted...]
-        <v>192</v>
+      <c r="B88" s="11" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C88" s="11" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D88" s="11" t="s">
+        <v>853</v>
+      </c>
+      <c r="E88" s="11" t="s">
+        <v>472</v>
       </c>
       <c r="F88" s="17" t="s">
-        <v>915</v>
-[...1 lines deleted...]
-      <c r="G88" s="14"/>
+        <v>1025</v>
+      </c>
+      <c r="G88" s="17" t="s">
+        <v>1026</v>
+      </c>
       <c r="H88" s="11"/>
       <c r="I88" s="6"/>
     </row>
-    <row r="89" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="89" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A89" s="25" t="s">
         <v>163</v>
       </c>
       <c r="B89" s="14" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="C89" s="14" t="s">
-        <v>917</v>
+        <v>920</v>
       </c>
       <c r="D89" s="14" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="E89" s="14" t="s">
-        <v>192</v>
+        <v>923</v>
       </c>
       <c r="F89" s="17" t="s">
-        <v>918</v>
+        <v>921</v>
       </c>
       <c r="G89" s="14"/>
       <c r="H89" s="11"/>
       <c r="I89" s="6"/>
     </row>
-    <row r="90" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="90" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A90" s="25" t="s">
         <v>163</v>
       </c>
       <c r="B90" s="14" t="s">
-        <v>882</v>
-[...5 lines deleted...]
-        <v>883</v>
+        <v>913</v>
+      </c>
+      <c r="C90" s="14" t="s">
+        <v>914</v>
+      </c>
+      <c r="D90" s="14" t="s">
+        <v>916</v>
       </c>
       <c r="E90" s="14" t="s">
-        <v>452</v>
+        <v>192</v>
       </c>
       <c r="F90" s="17" t="s">
-        <v>884</v>
+        <v>915</v>
       </c>
       <c r="G90" s="14"/>
       <c r="H90" s="11"/>
       <c r="I90" s="6"/>
     </row>
-    <row r="91" spans="1:9" ht="60" x14ac:dyDescent="0.25">
-      <c r="A91" s="10" t="s">
+    <row r="91" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A91" s="25" t="s">
         <v>163</v>
       </c>
-      <c r="B91" s="11" t="s">
-        <v>251</v>
+      <c r="B91" s="14" t="s">
+        <v>913</v>
       </c>
       <c r="C91" s="14" t="s">
-        <v>250</v>
+        <v>917</v>
       </c>
       <c r="D91" s="14" t="s">
-        <v>449</v>
+        <v>916</v>
       </c>
       <c r="E91" s="14" t="s">
         <v>192</v>
       </c>
       <c r="F91" s="17" t="s">
-        <v>338</v>
+        <v>918</v>
       </c>
       <c r="G91" s="14"/>
       <c r="H91" s="11"/>
       <c r="I91" s="6"/>
     </row>
     <row r="92" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A92" s="10" t="s">
+      <c r="A92" s="25" t="s">
         <v>163</v>
       </c>
       <c r="B92" s="14" t="s">
-        <v>256</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>882</v>
+      </c>
+      <c r="C92" s="11" t="s">
+        <v>328</v>
+      </c>
+      <c r="D92" s="11" t="s">
+        <v>883</v>
       </c>
       <c r="E92" s="14" t="s">
-        <v>192</v>
+        <v>452</v>
       </c>
       <c r="F92" s="17" t="s">
-        <v>339</v>
+        <v>884</v>
       </c>
       <c r="G92" s="14"/>
       <c r="H92" s="11"/>
       <c r="I92" s="6"/>
     </row>
-    <row r="93" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A93" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B93" s="11" t="s">
-        <v>241</v>
-[...8 lines deleted...]
-        <v>446</v>
+        <v>251</v>
+      </c>
+      <c r="C93" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="D93" s="14" t="s">
+        <v>449</v>
+      </c>
+      <c r="E93" s="14" t="s">
+        <v>192</v>
       </c>
       <c r="F93" s="17" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="G93" s="11"/>
+        <v>338</v>
+      </c>
+      <c r="G93" s="14"/>
       <c r="H93" s="11"/>
       <c r="I93" s="6"/>
     </row>
     <row r="94" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A94" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B94" s="11" t="s">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="B94" s="14" t="s">
+        <v>256</v>
+      </c>
+      <c r="C94" s="14" t="s">
+        <v>257</v>
       </c>
       <c r="D94" s="14" t="s">
-        <v>453</v>
+        <v>450</v>
       </c>
       <c r="E94" s="14" t="s">
-        <v>452</v>
+        <v>192</v>
       </c>
       <c r="F94" s="17" t="s">
-        <v>341</v>
+        <v>339</v>
       </c>
       <c r="G94" s="14"/>
       <c r="H94" s="11"/>
       <c r="I94" s="6"/>
     </row>
-    <row r="95" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A95" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B95" s="14" t="s">
-[...9 lines deleted...]
-        <v>455</v>
+      <c r="B95" s="11" t="s">
+        <v>241</v>
+      </c>
+      <c r="C95" s="11" t="s">
+        <v>240</v>
+      </c>
+      <c r="D95" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="E95" s="11" t="s">
+        <v>446</v>
       </c>
       <c r="F95" s="17" t="s">
-        <v>342</v>
-[...1 lines deleted...]
-      <c r="G95" s="14"/>
+        <v>340</v>
+      </c>
+      <c r="G95" s="11"/>
       <c r="H95" s="11"/>
       <c r="I95" s="6"/>
     </row>
-    <row r="96" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="96" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A96" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B96" s="14" t="s">
-[...3 lines deleted...]
-        <v>247</v>
+      <c r="B96" s="11" t="s">
+        <v>236</v>
+      </c>
+      <c r="C96" s="11" t="s">
+        <v>56</v>
       </c>
       <c r="D96" s="14" t="s">
-        <v>456</v>
+        <v>453</v>
       </c>
       <c r="E96" s="14" t="s">
-        <v>204</v>
+        <v>452</v>
       </c>
       <c r="F96" s="17" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="G96" s="14"/>
       <c r="H96" s="11"/>
       <c r="I96" s="6"/>
     </row>
-    <row r="97" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="97" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A97" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B97" s="14" t="s">
-        <v>302</v>
+        <v>261</v>
       </c>
       <c r="C97" s="14" t="s">
-        <v>303</v>
+        <v>260</v>
       </c>
       <c r="D97" s="14" t="s">
-        <v>457</v>
+        <v>454</v>
       </c>
       <c r="E97" s="14" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="F97" s="17" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
       <c r="G97" s="14"/>
       <c r="H97" s="11"/>
       <c r="I97" s="6"/>
     </row>
-    <row r="98" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="98" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A98" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B98" s="14" t="s">
-        <v>298</v>
+        <v>246</v>
       </c>
       <c r="C98" s="14" t="s">
-        <v>299</v>
+        <v>247</v>
       </c>
       <c r="D98" s="14" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="E98" s="14" t="s">
-        <v>192</v>
+        <v>204</v>
       </c>
       <c r="F98" s="17" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="G98" s="14"/>
       <c r="H98" s="11"/>
       <c r="I98" s="6"/>
     </row>
-    <row r="99" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="99" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A99" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B99" s="11" t="s">
-[...8 lines deleted...]
-      <c r="E99" s="11" t="s">
+      <c r="B99" s="14" t="s">
+        <v>302</v>
+      </c>
+      <c r="C99" s="14" t="s">
+        <v>303</v>
+      </c>
+      <c r="D99" s="14" t="s">
+        <v>457</v>
+      </c>
+      <c r="E99" s="14" t="s">
         <v>446</v>
       </c>
       <c r="F99" s="17" t="s">
-        <v>346</v>
-[...1 lines deleted...]
-      <c r="G99" s="11"/>
+        <v>344</v>
+      </c>
+      <c r="G99" s="14"/>
       <c r="H99" s="11"/>
       <c r="I99" s="6"/>
     </row>
     <row r="100" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A100" s="20" t="s">
+      <c r="A100" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B100" s="19" t="s">
-[...16 lines deleted...]
-    <row r="101" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="B100" s="14" t="s">
+        <v>298</v>
+      </c>
+      <c r="C100" s="14" t="s">
+        <v>299</v>
+      </c>
+      <c r="D100" s="14" t="s">
+        <v>458</v>
+      </c>
+      <c r="E100" s="14" t="s">
+        <v>192</v>
+      </c>
+      <c r="F100" s="17" t="s">
+        <v>345</v>
+      </c>
+      <c r="G100" s="14"/>
+      <c r="H100" s="11"/>
+      <c r="I100" s="6"/>
+    </row>
+    <row r="101" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A101" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B101" s="14" t="s">
-[...9 lines deleted...]
-        <v>176</v>
+      <c r="B101" s="11" t="s">
+        <v>238</v>
+      </c>
+      <c r="C101" s="11" t="s">
+        <v>239</v>
+      </c>
+      <c r="D101" s="11" t="s">
+        <v>451</v>
+      </c>
+      <c r="E101" s="11" t="s">
+        <v>446</v>
       </c>
       <c r="F101" s="17" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="G101" s="14"/>
+        <v>346</v>
+      </c>
+      <c r="G101" s="11"/>
       <c r="H101" s="11"/>
       <c r="I101" s="6"/>
     </row>
     <row r="102" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A102" s="10" t="s">
+      <c r="A102" s="20" t="s">
         <v>163</v>
       </c>
-      <c r="B102" s="14" t="s">
-[...18 lines deleted...]
-    <row r="103" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B102" s="19" t="s">
+        <v>704</v>
+      </c>
+      <c r="C102" s="19" t="s">
+        <v>705</v>
+      </c>
+      <c r="D102" s="19" t="s">
+        <v>706</v>
+      </c>
+      <c r="E102" s="19" t="s">
+        <v>707</v>
+      </c>
+      <c r="F102" s="24" t="s">
+        <v>708</v>
+      </c>
+      <c r="G102" s="19"/>
+    </row>
+    <row r="103" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A103" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B103" s="14" t="s">
-        <v>327</v>
+        <v>288</v>
       </c>
       <c r="C103" s="14" t="s">
-        <v>328</v>
-[...2 lines deleted...]
-      <c r="E103" s="14"/>
+        <v>289</v>
+      </c>
+      <c r="D103" s="14" t="s">
+        <v>459</v>
+      </c>
+      <c r="E103" s="14" t="s">
+        <v>176</v>
+      </c>
       <c r="F103" s="17" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="G103" s="14"/>
       <c r="H103" s="11"/>
       <c r="I103" s="6"/>
     </row>
-    <row r="104" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="104" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A104" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B104" s="11" t="s">
-[...9 lines deleted...]
-        <v>224</v>
+      <c r="B104" s="14" t="s">
+        <v>258</v>
+      </c>
+      <c r="C104" s="14" t="s">
+        <v>259</v>
+      </c>
+      <c r="D104" s="14" t="s">
+        <v>460</v>
+      </c>
+      <c r="E104" s="14" t="s">
+        <v>192</v>
       </c>
       <c r="F104" s="17" t="s">
-        <v>234</v>
-[...1 lines deleted...]
-      <c r="G104" s="11"/>
+        <v>349</v>
+      </c>
+      <c r="G104" s="14"/>
       <c r="H104" s="11"/>
       <c r="I104" s="6"/>
     </row>
-    <row r="105" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="105" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A105" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B105" s="14" t="s">
-        <v>244</v>
+        <v>327</v>
       </c>
       <c r="C105" s="14" t="s">
-        <v>245</v>
-[...6 lines deleted...]
-      </c>
+        <v>328</v>
+      </c>
+      <c r="D105" s="14"/>
+      <c r="E105" s="14"/>
       <c r="F105" s="17" t="s">
-        <v>350</v>
+        <v>348</v>
       </c>
       <c r="G105" s="14"/>
       <c r="H105" s="11"/>
       <c r="I105" s="6"/>
     </row>
-    <row r="106" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="106" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A106" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B106" s="11" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="C106" s="11" t="s">
-        <v>56</v>
-[...5 lines deleted...]
-        <v>452</v>
+        <v>54</v>
+      </c>
+      <c r="D106" s="11" t="s">
+        <v>235</v>
+      </c>
+      <c r="E106" s="11" t="s">
+        <v>224</v>
       </c>
       <c r="F106" s="17" t="s">
-        <v>351</v>
+        <v>234</v>
       </c>
       <c r="G106" s="11"/>
       <c r="H106" s="11"/>
       <c r="I106" s="6"/>
     </row>
     <row r="107" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A107" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B107" s="14" t="s">
-        <v>322</v>
+        <v>244</v>
       </c>
       <c r="C107" s="14" t="s">
-        <v>323</v>
+        <v>245</v>
       </c>
       <c r="D107" s="14" t="s">
-        <v>462</v>
+        <v>461</v>
       </c>
       <c r="E107" s="14" t="s">
-        <v>463</v>
+        <v>176</v>
       </c>
       <c r="F107" s="17" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="G107" s="14"/>
       <c r="H107" s="11"/>
       <c r="I107" s="6"/>
     </row>
-    <row r="108" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+    <row r="108" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A108" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B108" s="11" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="C108" s="11" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>465</v>
+        <v>56</v>
+      </c>
+      <c r="D108" s="14" t="s">
+        <v>453</v>
+      </c>
+      <c r="E108" s="14" t="s">
+        <v>452</v>
       </c>
       <c r="F108" s="17" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="G108" s="11"/>
       <c r="H108" s="11"/>
       <c r="I108" s="6"/>
     </row>
-    <row r="109" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="109" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A109" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B109" s="11" t="s">
-[...9 lines deleted...]
-        <v>465</v>
+      <c r="B109" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="C109" s="14" t="s">
+        <v>323</v>
+      </c>
+      <c r="D109" s="14" t="s">
+        <v>462</v>
+      </c>
+      <c r="E109" s="14" t="s">
+        <v>463</v>
       </c>
       <c r="F109" s="17" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="G109" s="11"/>
+        <v>352</v>
+      </c>
+      <c r="G109" s="14"/>
       <c r="H109" s="11"/>
-      <c r="I109" s="8"/>
-[...1 lines deleted...]
-    <row r="110" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="I109" s="6"/>
+    </row>
+    <row r="110" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A110" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B110" s="14" t="s">
-[...9 lines deleted...]
-        <v>446</v>
+      <c r="B110" s="11" t="s">
+        <v>57</v>
+      </c>
+      <c r="C110" s="11" t="s">
+        <v>58</v>
+      </c>
+      <c r="D110" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="E110" s="11" t="s">
+        <v>465</v>
       </c>
       <c r="F110" s="17" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="G110" s="14"/>
+        <v>353</v>
+      </c>
+      <c r="G110" s="11"/>
       <c r="H110" s="11"/>
-      <c r="I110" s="8"/>
-[...1 lines deleted...]
-    <row r="111" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="I110" s="6"/>
+    </row>
+    <row r="111" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A111" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B111" s="11" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C111" s="11" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="D111" s="11" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="E111" s="11" t="s">
-        <v>229</v>
+        <v>465</v>
       </c>
       <c r="F111" s="17" t="s">
-        <v>356</v>
+        <v>354</v>
       </c>
       <c r="G111" s="11"/>
       <c r="H111" s="11"/>
       <c r="I111" s="8"/>
     </row>
-    <row r="112" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="112" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A112" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B112" s="11" t="s">
-[...9 lines deleted...]
-        <v>229</v>
+      <c r="B112" s="14" t="s">
+        <v>290</v>
+      </c>
+      <c r="C112" s="14" t="s">
+        <v>291</v>
+      </c>
+      <c r="D112" s="14" t="s">
+        <v>467</v>
+      </c>
+      <c r="E112" s="14" t="s">
+        <v>446</v>
       </c>
       <c r="F112" s="17" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="G112" s="11"/>
+        <v>355</v>
+      </c>
+      <c r="G112" s="14"/>
       <c r="H112" s="11"/>
-      <c r="I112" s="6"/>
-[...1 lines deleted...]
-    <row r="113" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="I112" s="8"/>
+    </row>
+    <row r="113" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A113" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B113" s="14" t="s">
-[...3 lines deleted...]
-        <v>331</v>
+      <c r="B113" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C113" s="11" t="s">
+        <v>61</v>
       </c>
       <c r="D113" s="11" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="E113" s="11" t="s">
         <v>229</v>
       </c>
       <c r="F113" s="17" t="s">
-        <v>358</v>
-[...1 lines deleted...]
-      <c r="G113" s="14"/>
+        <v>356</v>
+      </c>
+      <c r="G113" s="11"/>
       <c r="H113" s="11"/>
-      <c r="I113" s="6"/>
+      <c r="I113" s="8"/>
     </row>
     <row r="114" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A114" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B114" s="14" t="s">
-[...9 lines deleted...]
-        <v>463</v>
+      <c r="B114" s="11" t="s">
+        <v>60</v>
+      </c>
+      <c r="C114" s="11" t="s">
+        <v>62</v>
+      </c>
+      <c r="D114" s="11" t="s">
+        <v>468</v>
+      </c>
+      <c r="E114" s="11" t="s">
+        <v>229</v>
       </c>
       <c r="F114" s="17" t="s">
-        <v>359</v>
-[...1 lines deleted...]
-      <c r="G114" s="14"/>
+        <v>357</v>
+      </c>
+      <c r="G114" s="11"/>
       <c r="H114" s="11"/>
       <c r="I114" s="6"/>
     </row>
-    <row r="115" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="115" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A115" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B115" s="11" t="s">
-[...3 lines deleted...]
-        <v>319</v>
+      <c r="B115" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="C115" s="14" t="s">
+        <v>331</v>
       </c>
       <c r="D115" s="11" t="s">
-        <v>471</v>
+        <v>469</v>
       </c>
       <c r="E115" s="11" t="s">
-        <v>472</v>
+        <v>229</v>
       </c>
       <c r="F115" s="17" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="G115" s="11"/>
+        <v>358</v>
+      </c>
+      <c r="G115" s="14"/>
       <c r="H115" s="11"/>
       <c r="I115" s="6"/>
     </row>
-    <row r="116" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+    <row r="116" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A116" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B116" s="14" t="s">
-        <v>300</v>
+        <v>242</v>
       </c>
       <c r="C116" s="14" t="s">
-        <v>301</v>
+        <v>243</v>
       </c>
       <c r="D116" s="14" t="s">
-        <v>473</v>
+        <v>470</v>
       </c>
       <c r="E116" s="14" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
       <c r="F116" s="17" t="s">
-        <v>361</v>
+        <v>359</v>
       </c>
       <c r="G116" s="14"/>
       <c r="H116" s="11"/>
       <c r="I116" s="6"/>
     </row>
     <row r="117" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A117" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B117" s="11" t="s">
-        <v>63</v>
+        <v>318</v>
       </c>
       <c r="C117" s="11" t="s">
-        <v>64</v>
+        <v>319</v>
       </c>
       <c r="D117" s="11" t="s">
-        <v>474</v>
+        <v>471</v>
       </c>
       <c r="E117" s="11" t="s">
-        <v>192</v>
+        <v>472</v>
       </c>
       <c r="F117" s="17" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="G117" s="11"/>
       <c r="H117" s="11"/>
       <c r="I117" s="6"/>
     </row>
-    <row r="118" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+    <row r="118" spans="1:9" ht="75" x14ac:dyDescent="0.25">
       <c r="A118" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B118" s="11" t="s">
-[...3 lines deleted...]
-        <v>66</v>
+      <c r="B118" s="14" t="s">
+        <v>300</v>
+      </c>
+      <c r="C118" s="14" t="s">
+        <v>301</v>
       </c>
       <c r="D118" s="14" t="s">
-        <v>456</v>
+        <v>473</v>
       </c>
       <c r="E118" s="14" t="s">
-        <v>204</v>
+        <v>452</v>
       </c>
       <c r="F118" s="17" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="G118" s="11"/>
+        <v>361</v>
+      </c>
+      <c r="G118" s="14"/>
       <c r="H118" s="11"/>
-      <c r="I118" s="8"/>
-[...1 lines deleted...]
-    <row r="119" spans="1:9" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="I118" s="6"/>
+    </row>
+    <row r="119" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A119" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B119" s="11" t="s">
-        <v>316</v>
+        <v>63</v>
       </c>
       <c r="C119" s="11" t="s">
-        <v>317</v>
+        <v>64</v>
       </c>
       <c r="D119" s="11" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="E119" s="11" t="s">
         <v>192</v>
       </c>
       <c r="F119" s="17" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="G119" s="11"/>
       <c r="H119" s="11"/>
-      <c r="I119" s="8"/>
-[...2 lines deleted...]
-      <c r="A120" s="20" t="s">
+      <c r="I119" s="6"/>
+    </row>
+    <row r="120" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A120" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B120" s="19" t="s">
-[...16 lines deleted...]
-    <row r="121" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B120" s="11" t="s">
+        <v>65</v>
+      </c>
+      <c r="C120" s="11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D120" s="14" t="s">
+        <v>456</v>
+      </c>
+      <c r="E120" s="14" t="s">
+        <v>204</v>
+      </c>
+      <c r="F120" s="17" t="s">
+        <v>363</v>
+      </c>
+      <c r="G120" s="11"/>
+      <c r="H120" s="11"/>
+      <c r="I120" s="8"/>
+    </row>
+    <row r="121" spans="1:9" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
       <c r="A121" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B121" s="11" t="s">
-        <v>67</v>
+        <v>316</v>
       </c>
       <c r="C121" s="11" t="s">
-        <v>68</v>
+        <v>317</v>
       </c>
       <c r="D121" s="11" t="s">
-        <v>476</v>
+        <v>475</v>
       </c>
       <c r="E121" s="11" t="s">
-        <v>472</v>
+        <v>192</v>
       </c>
       <c r="F121" s="17" t="s">
-        <v>365</v>
+        <v>364</v>
       </c>
       <c r="G121" s="11"/>
       <c r="H121" s="11"/>
-      <c r="I121" s="6"/>
-[...2 lines deleted...]
-      <c r="A122" s="10" t="s">
+      <c r="I121" s="8"/>
+    </row>
+    <row r="122" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+      <c r="A122" s="20" t="s">
         <v>163</v>
       </c>
-      <c r="B122" s="14" t="s">
-[...19 lines deleted...]
-      <c r="A123" s="20" t="s">
+      <c r="B122" s="19" t="s">
+        <v>709</v>
+      </c>
+      <c r="C122" s="19" t="s">
+        <v>710</v>
+      </c>
+      <c r="D122" s="19" t="s">
+        <v>711</v>
+      </c>
+      <c r="E122" s="19" t="s">
+        <v>591</v>
+      </c>
+      <c r="F122" s="24" t="s">
+        <v>712</v>
+      </c>
+      <c r="G122" s="19"/>
+    </row>
+    <row r="123" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A123" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B123" s="19" t="s">
-[...16 lines deleted...]
-    <row r="124" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="B123" s="11" t="s">
+        <v>67</v>
+      </c>
+      <c r="C123" s="11" t="s">
+        <v>68</v>
+      </c>
+      <c r="D123" s="11" t="s">
+        <v>476</v>
+      </c>
+      <c r="E123" s="11" t="s">
+        <v>472</v>
+      </c>
+      <c r="F123" s="17" t="s">
+        <v>365</v>
+      </c>
+      <c r="G123" s="11"/>
+      <c r="H123" s="11"/>
+      <c r="I123" s="6"/>
+    </row>
+    <row r="124" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A124" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B124" s="11" t="s">
-[...3 lines deleted...]
-        <v>321</v>
+      <c r="B124" s="14" t="s">
+        <v>252</v>
+      </c>
+      <c r="C124" s="14" t="s">
+        <v>253</v>
       </c>
       <c r="D124" s="14" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="E124" s="14" t="s">
         <v>176</v>
       </c>
       <c r="F124" s="17" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="G124" s="11"/>
+        <v>366</v>
+      </c>
+      <c r="G124" s="14"/>
       <c r="H124" s="11"/>
       <c r="I124" s="6"/>
     </row>
     <row r="125" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A125" s="20" t="s">
         <v>163</v>
       </c>
       <c r="B125" s="19" t="s">
-        <v>718</v>
+        <v>713</v>
       </c>
       <c r="C125" s="19" t="s">
-        <v>719</v>
+        <v>714</v>
       </c>
       <c r="D125" s="19" t="s">
-        <v>720</v>
+        <v>715</v>
       </c>
       <c r="E125" s="19" t="s">
-        <v>446</v>
-[...1 lines deleted...]
-      <c r="F125" s="24"/>
+        <v>716</v>
+      </c>
+      <c r="F125" s="24" t="s">
+        <v>717</v>
+      </c>
       <c r="G125" s="19"/>
     </row>
-    <row r="126" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="126" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A126" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B126" s="14" t="s">
-[...3 lines deleted...]
-        <v>56</v>
+      <c r="B126" s="11" t="s">
+        <v>320</v>
+      </c>
+      <c r="C126" s="11" t="s">
+        <v>321</v>
       </c>
       <c r="D126" s="14" t="s">
-        <v>453</v>
+        <v>459</v>
       </c>
       <c r="E126" s="14" t="s">
-        <v>452</v>
+        <v>176</v>
       </c>
       <c r="F126" s="17" t="s">
-        <v>368</v>
-[...1 lines deleted...]
-      <c r="G126" s="14"/>
+        <v>367</v>
+      </c>
+      <c r="G126" s="11"/>
       <c r="H126" s="11"/>
       <c r="I126" s="6"/>
     </row>
-    <row r="127" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A127" s="10" t="s">
+    <row r="127" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A127" s="20" t="s">
         <v>163</v>
       </c>
-      <c r="B127" s="14" t="s">
-[...18 lines deleted...]
-    <row r="128" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="B127" s="19" t="s">
+        <v>718</v>
+      </c>
+      <c r="C127" s="19" t="s">
+        <v>719</v>
+      </c>
+      <c r="D127" s="19" t="s">
+        <v>720</v>
+      </c>
+      <c r="E127" s="19" t="s">
+        <v>446</v>
+      </c>
+      <c r="F127" s="24"/>
+      <c r="G127" s="19"/>
+    </row>
+    <row r="128" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A128" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B128" s="14" t="s">
-        <v>254</v>
+        <v>326</v>
       </c>
       <c r="C128" s="14" t="s">
-        <v>255</v>
-[...5 lines deleted...]
-        <v>224</v>
+        <v>56</v>
+      </c>
+      <c r="D128" s="14" t="s">
+        <v>453</v>
+      </c>
+      <c r="E128" s="14" t="s">
+        <v>452</v>
       </c>
       <c r="F128" s="17" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="G128" s="14"/>
       <c r="H128" s="11"/>
       <c r="I128" s="6"/>
     </row>
-    <row r="129" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="129" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A129" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B129" s="11" t="s">
-[...9 lines deleted...]
-        <v>224</v>
+      <c r="B129" s="14" t="s">
+        <v>304</v>
+      </c>
+      <c r="C129" s="14" t="s">
+        <v>305</v>
+      </c>
+      <c r="D129" s="14" t="s">
+        <v>445</v>
+      </c>
+      <c r="E129" s="14" t="s">
+        <v>192</v>
       </c>
       <c r="F129" s="17" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="G129" s="11"/>
+        <v>369</v>
+      </c>
+      <c r="G129" s="14"/>
       <c r="H129" s="11"/>
       <c r="I129" s="6"/>
     </row>
     <row r="130" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A130" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B130" s="11" t="s">
-[...3 lines deleted...]
-        <v>70</v>
+      <c r="B130" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="C130" s="14" t="s">
+        <v>255</v>
       </c>
       <c r="D130" s="11" t="s">
-        <v>478</v>
+        <v>235</v>
       </c>
       <c r="E130" s="11" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="F130" s="17" t="s">
-        <v>372</v>
-[...1 lines deleted...]
-      <c r="G130" s="11"/>
+        <v>370</v>
+      </c>
+      <c r="G130" s="14"/>
       <c r="H130" s="11"/>
       <c r="I130" s="6"/>
     </row>
     <row r="131" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A131" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B131" s="11" t="s">
-        <v>71</v>
+        <v>248</v>
       </c>
       <c r="C131" s="11" t="s">
-        <v>72</v>
+        <v>249</v>
       </c>
       <c r="D131" s="11" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="E131" s="11" t="s">
-        <v>465</v>
+        <v>224</v>
       </c>
       <c r="F131" s="17" t="s">
-        <v>373</v>
+        <v>371</v>
       </c>
       <c r="G131" s="11"/>
       <c r="H131" s="11"/>
       <c r="I131" s="6"/>
     </row>
-    <row r="132" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="132" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A132" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B132" s="14" t="s">
-[...3 lines deleted...]
-        <v>325</v>
+      <c r="B132" s="11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C132" s="11" t="s">
+        <v>70</v>
       </c>
       <c r="D132" s="11" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="E132" s="11" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="F132" s="17" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="G132" s="14"/>
+        <v>372</v>
+      </c>
+      <c r="G132" s="11"/>
       <c r="H132" s="11"/>
       <c r="I132" s="6"/>
     </row>
     <row r="133" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A133" s="20" t="s">
+      <c r="A133" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B133" s="19" t="s">
+      <c r="B133" s="11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C133" s="11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D133" s="11" t="s">
+        <v>464</v>
+      </c>
+      <c r="E133" s="11" t="s">
+        <v>465</v>
+      </c>
+      <c r="F133" s="17" t="s">
+        <v>373</v>
+      </c>
+      <c r="G133" s="11"/>
+      <c r="H133" s="11"/>
+      <c r="I133" s="6"/>
+    </row>
+    <row r="134" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A134" s="10" t="s">
+        <v>163</v>
+      </c>
+      <c r="B134" s="14" t="s">
+        <v>324</v>
+      </c>
+      <c r="C134" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="D134" s="11" t="s">
+        <v>477</v>
+      </c>
+      <c r="E134" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="F134" s="17" t="s">
+        <v>374</v>
+      </c>
+      <c r="G134" s="14"/>
+      <c r="H134" s="11"/>
+      <c r="I134" s="6"/>
+    </row>
+    <row r="135" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A135" s="20" t="s">
+        <v>163</v>
+      </c>
+      <c r="B135" s="19" t="s">
         <v>721</v>
       </c>
-      <c r="C133" s="19" t="s">
+      <c r="C135" s="19" t="s">
         <v>722</v>
       </c>
-      <c r="D133" s="19" t="s">
+      <c r="D135" s="19" t="s">
         <v>723</v>
       </c>
-      <c r="E133" s="19" t="s">
+      <c r="E135" s="19" t="s">
         <v>724</v>
       </c>
-      <c r="F133" s="24" t="s">
+      <c r="F135" s="24" t="s">
         <v>725</v>
       </c>
-      <c r="G133" s="24" t="s">
+      <c r="G135" s="24" t="s">
         <v>726</v>
       </c>
-    </row>
-[...44 lines deleted...]
-      <c r="I135" s="6"/>
     </row>
     <row r="136" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A136" s="20" t="s">
         <v>163</v>
       </c>
       <c r="B136" s="19" t="s">
-        <v>732</v>
+        <v>727</v>
       </c>
       <c r="C136" s="19" t="s">
-        <v>733</v>
+        <v>728</v>
       </c>
       <c r="D136" s="19" t="s">
-        <v>734</v>
+        <v>729</v>
       </c>
       <c r="E136" s="19" t="s">
-        <v>735</v>
+        <v>446</v>
       </c>
       <c r="F136" s="24" t="s">
-        <v>736</v>
+        <v>730</v>
       </c>
       <c r="G136" s="24" t="s">
-        <v>737</v>
-[...3 lines deleted...]
-      <c r="A137" s="10" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="137" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A137" s="25" t="s">
         <v>163</v>
       </c>
       <c r="B137" s="14" t="s">
-        <v>287</v>
+        <v>870</v>
       </c>
       <c r="C137" s="14" t="s">
-        <v>253</v>
+        <v>871</v>
       </c>
       <c r="D137" s="14" t="s">
-        <v>461</v>
+        <v>873</v>
       </c>
       <c r="E137" s="14" t="s">
-        <v>176</v>
+        <v>446</v>
       </c>
       <c r="F137" s="17" t="s">
-        <v>375</v>
+        <v>872</v>
       </c>
       <c r="G137" s="14"/>
       <c r="H137" s="11"/>
       <c r="I137" s="6"/>
     </row>
-    <row r="138" spans="1:9" ht="60" x14ac:dyDescent="0.25">
-      <c r="A138" s="10" t="s">
+    <row r="138" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A138" s="20" t="s">
         <v>163</v>
       </c>
-      <c r="B138" s="14" t="s">
-[...18 lines deleted...]
-    <row r="139" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="B138" s="19" t="s">
+        <v>732</v>
+      </c>
+      <c r="C138" s="19" t="s">
+        <v>733</v>
+      </c>
+      <c r="D138" s="19" t="s">
+        <v>734</v>
+      </c>
+      <c r="E138" s="19" t="s">
+        <v>735</v>
+      </c>
+      <c r="F138" s="24" t="s">
+        <v>736</v>
+      </c>
+      <c r="G138" s="24" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="139" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A139" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B139" s="14" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="C139" s="14" t="s">
-        <v>293</v>
+        <v>253</v>
       </c>
       <c r="D139" s="14" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E139" s="14" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="F139" s="17" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="G139" s="14"/>
-      <c r="H139" s="14"/>
+      <c r="H139" s="11"/>
       <c r="I139" s="6"/>
     </row>
-    <row r="140" spans="1:9" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="140" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A140" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B140" s="11" t="s">
-[...3 lines deleted...]
-        <v>103</v>
+      <c r="B140" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="C140" s="14" t="s">
+        <v>174</v>
       </c>
       <c r="D140" s="11" t="s">
-        <v>208</v>
+        <v>175</v>
       </c>
       <c r="E140" s="11" t="s">
-        <v>209</v>
+        <v>176</v>
       </c>
       <c r="F140" s="17" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="G140" s="11"/>
-      <c r="H140" s="11"/>
-      <c r="I140" s="8"/>
+      <c r="H140" s="14"/>
+      <c r="I140" s="6"/>
     </row>
     <row r="141" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A141" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B141" s="11" t="s">
-[...9 lines deleted...]
-        <v>192</v>
+      <c r="B141" s="14" t="s">
+        <v>292</v>
+      </c>
+      <c r="C141" s="14" t="s">
+        <v>293</v>
+      </c>
+      <c r="D141" s="14" t="s">
+        <v>456</v>
+      </c>
+      <c r="E141" s="14" t="s">
+        <v>204</v>
       </c>
       <c r="F141" s="17" t="s">
-        <v>379</v>
-[...2 lines deleted...]
-      <c r="H141" s="11"/>
+        <v>377</v>
+      </c>
+      <c r="G141" s="14"/>
+      <c r="H141" s="14"/>
       <c r="I141" s="6"/>
     </row>
     <row r="142" spans="1:9" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A142" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B142" s="11" t="s">
-        <v>314</v>
+        <v>102</v>
       </c>
       <c r="C142" s="11" t="s">
-        <v>315</v>
+        <v>103</v>
       </c>
       <c r="D142" s="11" t="s">
-        <v>217</v>
+        <v>208</v>
       </c>
       <c r="E142" s="11" t="s">
-        <v>216</v>
+        <v>209</v>
       </c>
       <c r="F142" s="17" t="s">
-        <v>380</v>
+        <v>378</v>
       </c>
       <c r="G142" s="11"/>
       <c r="H142" s="11"/>
       <c r="I142" s="8"/>
     </row>
     <row r="143" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A143" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B143" s="11" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="C143" s="11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D143" s="11" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="E143" s="11" t="s">
-        <v>465</v>
+        <v>192</v>
       </c>
       <c r="F143" s="17" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G143" s="11"/>
       <c r="H143" s="11"/>
       <c r="I143" s="6"/>
     </row>
-    <row r="144" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="144" spans="1:9" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A144" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B144" s="11" t="s">
-        <v>108</v>
+        <v>314</v>
       </c>
       <c r="C144" s="11" t="s">
-        <v>109</v>
+        <v>315</v>
       </c>
       <c r="D144" s="11" t="s">
-        <v>481</v>
+        <v>217</v>
       </c>
       <c r="E144" s="11" t="s">
-        <v>465</v>
+        <v>216</v>
       </c>
       <c r="F144" s="17" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="G144" s="11"/>
       <c r="H144" s="11"/>
-      <c r="I144" s="6"/>
-[...1 lines deleted...]
-    <row r="145" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="I144" s="8"/>
+    </row>
+    <row r="145" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A145" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B145" s="11" t="s">
-        <v>110</v>
+        <v>105</v>
       </c>
       <c r="C145" s="11" t="s">
-        <v>237</v>
+        <v>106</v>
       </c>
       <c r="D145" s="11" t="s">
         <v>481</v>
       </c>
       <c r="E145" s="11" t="s">
         <v>465</v>
       </c>
       <c r="F145" s="17" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="G145" s="11"/>
       <c r="H145" s="11"/>
       <c r="I145" s="6"/>
     </row>
-    <row r="146" spans="1:9" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="146" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A146" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B146" s="11" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="C146" s="11" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="D146" s="11" t="s">
-        <v>482</v>
+        <v>481</v>
       </c>
       <c r="E146" s="11" t="s">
         <v>465</v>
       </c>
       <c r="F146" s="17" t="s">
-        <v>384</v>
+        <v>382</v>
       </c>
       <c r="G146" s="11"/>
       <c r="H146" s="11"/>
-      <c r="I146" s="9"/>
-[...1 lines deleted...]
-    <row r="147" spans="1:9" s="5" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="I146" s="6"/>
+    </row>
+    <row r="147" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A147" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B147" s="14" t="s">
-[...3 lines deleted...]
-        <v>297</v>
+      <c r="B147" s="11" t="s">
+        <v>110</v>
+      </c>
+      <c r="C147" s="11" t="s">
+        <v>237</v>
       </c>
       <c r="D147" s="11" t="s">
-        <v>466</v>
+        <v>481</v>
       </c>
       <c r="E147" s="11" t="s">
         <v>465</v>
       </c>
       <c r="F147" s="17" t="s">
-        <v>385</v>
-[...1 lines deleted...]
-      <c r="G147" s="14"/>
+        <v>383</v>
+      </c>
+      <c r="G147" s="11"/>
       <c r="H147" s="11"/>
-      <c r="I147" s="9"/>
-[...1 lines deleted...]
-    <row r="148" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="I147" s="6"/>
+    </row>
+    <row r="148" spans="1:9" s="5" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A148" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B148" s="11" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="C148" s="11" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="D148" s="11" t="s">
-        <v>483</v>
+        <v>482</v>
       </c>
       <c r="E148" s="11" t="s">
         <v>465</v>
       </c>
       <c r="F148" s="17" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="G148" s="11"/>
       <c r="H148" s="11"/>
-      <c r="I148" s="6"/>
-[...1 lines deleted...]
-    <row r="149" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="I148" s="9"/>
+    </row>
+    <row r="149" spans="1:9" s="5" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A149" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B149" s="11" t="s">
-[...3 lines deleted...]
-        <v>116</v>
+      <c r="B149" s="14" t="s">
+        <v>296</v>
+      </c>
+      <c r="C149" s="14" t="s">
+        <v>297</v>
       </c>
       <c r="D149" s="11" t="s">
-        <v>172</v>
+        <v>466</v>
       </c>
       <c r="E149" s="11" t="s">
-        <v>176</v>
+        <v>465</v>
       </c>
       <c r="F149" s="17" t="s">
-        <v>387</v>
-[...1 lines deleted...]
-      <c r="G149" s="11"/>
+        <v>385</v>
+      </c>
+      <c r="G149" s="14"/>
       <c r="H149" s="11"/>
-      <c r="I149" s="6"/>
+      <c r="I149" s="9"/>
     </row>
     <row r="150" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A150" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B150" s="14" t="s">
-[...3 lines deleted...]
-        <v>295</v>
+      <c r="B150" s="11" t="s">
+        <v>113</v>
+      </c>
+      <c r="C150" s="11" t="s">
+        <v>114</v>
       </c>
       <c r="D150" s="11" t="s">
-        <v>220</v>
+        <v>483</v>
       </c>
       <c r="E150" s="11" t="s">
-        <v>229</v>
+        <v>465</v>
       </c>
       <c r="F150" s="17" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="G150" s="19"/>
+        <v>386</v>
+      </c>
+      <c r="G150" s="11"/>
       <c r="H150" s="11"/>
-    </row>
-    <row r="151" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="I150" s="6"/>
+    </row>
+    <row r="151" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A151" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B151" s="14" t="s">
-[...9 lines deleted...]
-        <v>485</v>
+      <c r="B151" s="11" t="s">
+        <v>115</v>
+      </c>
+      <c r="C151" s="11" t="s">
+        <v>116</v>
+      </c>
+      <c r="D151" s="11" t="s">
+        <v>172</v>
+      </c>
+      <c r="E151" s="11" t="s">
+        <v>176</v>
       </c>
       <c r="F151" s="17" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="G151" s="19"/>
+        <v>387</v>
+      </c>
+      <c r="G151" s="11"/>
       <c r="H151" s="11"/>
-    </row>
-    <row r="152" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="I151" s="6"/>
+    </row>
+    <row r="152" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A152" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B152" s="11" t="s">
-[...3 lines deleted...]
-        <v>313</v>
+      <c r="B152" s="14" t="s">
+        <v>294</v>
+      </c>
+      <c r="C152" s="14" t="s">
+        <v>295</v>
       </c>
       <c r="D152" s="11" t="s">
         <v>220</v>
       </c>
       <c r="E152" s="11" t="s">
         <v>229</v>
       </c>
       <c r="F152" s="17" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="G152" s="21"/>
+        <v>388</v>
+      </c>
+      <c r="G152" s="19"/>
       <c r="H152" s="11"/>
     </row>
     <row r="153" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A153" s="10" t="s">
         <v>163</v>
       </c>
-      <c r="B153" s="11" t="s">
-[...9 lines deleted...]
-        <v>487</v>
+      <c r="B153" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="C153" s="14" t="s">
+        <v>389</v>
+      </c>
+      <c r="D153" s="14" t="s">
+        <v>484</v>
+      </c>
+      <c r="E153" s="14" t="s">
+        <v>485</v>
       </c>
       <c r="F153" s="17" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="G153" s="11"/>
+        <v>390</v>
+      </c>
+      <c r="G153" s="19"/>
       <c r="H153" s="11"/>
-      <c r="I153" s="6"/>
-[...1 lines deleted...]
-    <row r="154" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    </row>
+    <row r="154" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A154" s="10" t="s">
         <v>163</v>
       </c>
       <c r="B154" s="11" t="s">
-        <v>119</v>
+        <v>312</v>
       </c>
       <c r="C154" s="11" t="s">
-        <v>120</v>
+        <v>313</v>
       </c>
       <c r="D154" s="11" t="s">
-        <v>488</v>
+        <v>220</v>
       </c>
       <c r="E154" s="11" t="s">
-        <v>446</v>
+        <v>229</v>
       </c>
       <c r="F154" s="17" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="G154" s="11"/>
+        <v>391</v>
+      </c>
+      <c r="G154" s="21"/>
       <c r="H154" s="11"/>
-      <c r="I154" s="6"/>
     </row>
     <row r="155" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A155" s="10" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B155" s="11" t="s">
-        <v>1004</v>
+        <v>117</v>
       </c>
       <c r="C155" s="11" t="s">
-        <v>1005</v>
+        <v>118</v>
       </c>
       <c r="D155" s="11" t="s">
-        <v>489</v>
+        <v>486</v>
       </c>
       <c r="E155" s="11" t="s">
-        <v>209</v>
+        <v>487</v>
       </c>
       <c r="F155" s="17" t="s">
-        <v>1006</v>
-[...3 lines deleted...]
-      </c>
+        <v>392</v>
+      </c>
+      <c r="G155" s="11"/>
       <c r="H155" s="11"/>
       <c r="I155" s="6"/>
     </row>
-    <row r="156" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="156" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A156" s="10" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="B156" s="11" t="s">
-        <v>996</v>
+        <v>119</v>
       </c>
       <c r="C156" s="11" t="s">
-        <v>997</v>
+        <v>120</v>
       </c>
       <c r="D156" s="11" t="s">
-        <v>182</v>
+        <v>488</v>
       </c>
       <c r="E156" s="11" t="s">
-        <v>176</v>
-[...2 lines deleted...]
-      <c r="G156" s="14"/>
+        <v>446</v>
+      </c>
+      <c r="F156" s="17" t="s">
+        <v>393</v>
+      </c>
+      <c r="G156" s="11"/>
       <c r="H156" s="11"/>
       <c r="I156" s="6"/>
     </row>
-    <row r="157" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="157" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A157" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B157" s="11" t="s">
-        <v>994</v>
+        <v>1004</v>
       </c>
       <c r="C157" s="11" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>954</v>
+        <v>1005</v>
+      </c>
+      <c r="D157" s="11" t="s">
+        <v>489</v>
       </c>
       <c r="E157" s="11" t="s">
         <v>209</v>
       </c>
       <c r="F157" s="17" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="G157" s="14"/>
+        <v>1006</v>
+      </c>
+      <c r="G157" s="17" t="s">
+        <v>1007</v>
+      </c>
       <c r="H157" s="11"/>
       <c r="I157" s="6"/>
     </row>
     <row r="158" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A158" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B158" s="11" t="s">
-        <v>953</v>
+        <v>996</v>
       </c>
       <c r="C158" s="11" t="s">
-        <v>1</v>
+        <v>997</v>
       </c>
       <c r="D158" s="11" t="s">
-        <v>954</v>
+        <v>182</v>
       </c>
       <c r="E158" s="11" t="s">
-        <v>209</v>
-[...6 lines deleted...]
-      </c>
+        <v>176</v>
+      </c>
+      <c r="F158" s="29"/>
+      <c r="G158" s="14"/>
       <c r="H158" s="11"/>
       <c r="I158" s="6"/>
     </row>
-    <row r="159" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A159" s="25" t="s">
+    <row r="159" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A159" s="10" t="s">
         <v>157</v>
       </c>
-      <c r="B159" s="14" t="s">
-[...3 lines deleted...]
-        <v>773</v>
+      <c r="B159" s="11" t="s">
+        <v>994</v>
+      </c>
+      <c r="C159" s="11" t="s">
+        <v>993</v>
       </c>
       <c r="D159" s="14" t="s">
-        <v>904</v>
-[...5 lines deleted...]
-        <v>905</v>
+        <v>954</v>
+      </c>
+      <c r="E159" s="11" t="s">
+        <v>209</v>
+      </c>
+      <c r="F159" s="17" t="s">
+        <v>995</v>
       </c>
       <c r="G159" s="14"/>
       <c r="H159" s="11"/>
       <c r="I159" s="6"/>
     </row>
     <row r="160" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A160" s="20" t="s">
+      <c r="A160" s="10" t="s">
         <v>157</v>
       </c>
-      <c r="B160" s="19" t="s">
-[...2 lines deleted...]
-      <c r="C160" s="19" t="s">
+      <c r="B160" s="11" t="s">
+        <v>953</v>
+      </c>
+      <c r="C160" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="D160" s="19" t="s">
-[...2 lines deleted...]
-      <c r="E160" s="19" t="s">
+      <c r="D160" s="11" t="s">
+        <v>954</v>
+      </c>
+      <c r="E160" s="11" t="s">
         <v>209</v>
       </c>
-      <c r="F160" s="24" t="s">
-[...5 lines deleted...]
-      <c r="A161" s="20" t="s">
+      <c r="F160" s="17" t="s">
+        <v>955</v>
+      </c>
+      <c r="G160" s="17" t="s">
+        <v>956</v>
+      </c>
+      <c r="H160" s="11"/>
+      <c r="I160" s="6"/>
+    </row>
+    <row r="161" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A161" s="25" t="s">
         <v>157</v>
       </c>
-      <c r="B161" s="19" t="s">
-[...14 lines deleted...]
-      <c r="G161" s="19"/>
+      <c r="B161" s="14" t="s">
+        <v>903</v>
+      </c>
+      <c r="C161" s="14" t="s">
+        <v>773</v>
+      </c>
+      <c r="D161" s="14" t="s">
+        <v>904</v>
+      </c>
+      <c r="E161" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="F161" s="28" t="s">
+        <v>905</v>
+      </c>
+      <c r="G161" s="14"/>
+      <c r="H161" s="11"/>
+      <c r="I161" s="6"/>
     </row>
     <row r="162" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A162" s="20" t="s">
         <v>157</v>
       </c>
       <c r="B162" s="19" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C162" s="19" t="s">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D162" s="19" t="s">
         <v>743</v>
       </c>
       <c r="E162" s="19" t="s">
-        <v>750</v>
+        <v>209</v>
       </c>
       <c r="F162" s="24" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-    <row r="163" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+        <v>744</v>
+      </c>
+      <c r="G162" s="19"/>
+    </row>
+    <row r="163" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A163" s="20" t="s">
         <v>157</v>
       </c>
       <c r="B163" s="19" t="s">
-        <v>752</v>
+        <v>745</v>
       </c>
       <c r="C163" s="19" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
       <c r="D163" s="19" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="E163" s="19" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="F163" s="24" t="s">
-        <v>756</v>
-[...5 lines deleted...]
-    <row r="164" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+        <v>749</v>
+      </c>
+      <c r="G163" s="19"/>
+    </row>
+    <row r="164" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A164" s="20" t="s">
         <v>157</v>
       </c>
       <c r="B164" s="19" t="s">
+        <v>3</v>
+      </c>
+      <c r="C164" s="19" t="s">
+        <v>4</v>
+      </c>
+      <c r="D164" s="19" t="s">
+        <v>743</v>
+      </c>
+      <c r="E164" s="19" t="s">
+        <v>750</v>
+      </c>
+      <c r="F164" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="G164" s="24" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="165" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A165" s="20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B165" s="19" t="s">
+        <v>752</v>
+      </c>
+      <c r="C165" s="19" t="s">
+        <v>753</v>
+      </c>
+      <c r="D165" s="19" t="s">
+        <v>754</v>
+      </c>
+      <c r="E165" s="19" t="s">
+        <v>755</v>
+      </c>
+      <c r="F165" s="24" t="s">
+        <v>756</v>
+      </c>
+      <c r="G165" s="19" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="166" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A166" s="20" t="s">
+        <v>157</v>
+      </c>
+      <c r="B166" s="19" t="s">
         <v>758</v>
       </c>
-      <c r="C164" s="19" t="s">
+      <c r="C166" s="19" t="s">
         <v>759</v>
       </c>
-      <c r="D164" s="19" t="s">
+      <c r="D166" s="19" t="s">
         <v>760</v>
       </c>
-      <c r="E164" s="19" t="s">
+      <c r="E166" s="19" t="s">
         <v>755</v>
       </c>
-      <c r="F164" s="24" t="s">
+      <c r="F166" s="24" t="s">
         <v>756</v>
       </c>
-      <c r="G164" s="19" t="s">
+      <c r="G166" s="19" t="s">
         <v>761</v>
       </c>
     </row>
-    <row r="165" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A165" s="10" t="s">
+    <row r="167" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A167" s="10" t="s">
         <v>157</v>
       </c>
-      <c r="B165" s="11" t="s">
+      <c r="B167" s="11" t="s">
         <v>268</v>
       </c>
-      <c r="C165" s="11" t="s">
+      <c r="C167" s="11" t="s">
         <v>269</v>
       </c>
-      <c r="D165" s="11" t="s">
+      <c r="D167" s="11" t="s">
         <v>489</v>
       </c>
-      <c r="E165" s="11" t="s">
+      <c r="E167" s="11" t="s">
         <v>209</v>
       </c>
-      <c r="F165" s="17" t="s">
+      <c r="F167" s="17" t="s">
         <v>395</v>
       </c>
-      <c r="G165" s="11"/>
-[...4 lines deleted...]
-      <c r="A166" s="10" t="s">
+      <c r="G167" s="11"/>
+      <c r="H167" s="11"/>
+      <c r="I167" s="6"/>
+    </row>
+    <row r="168" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A168" s="10" t="s">
         <v>157</v>
       </c>
-      <c r="B166" s="11" t="s">
+      <c r="B168" s="11" t="s">
         <v>5</v>
       </c>
-      <c r="C166" s="11" t="s">
+      <c r="C168" s="11" t="s">
         <v>6</v>
       </c>
-      <c r="D166" s="11" t="s">
+      <c r="D168" s="11" t="s">
         <v>484</v>
       </c>
-      <c r="E166" s="11"/>
-      <c r="F166" s="17" t="s">
+      <c r="E168" s="11"/>
+      <c r="F168" s="17" t="s">
         <v>881</v>
       </c>
-      <c r="G166" s="11"/>
-[...43 lines deleted...]
-      <c r="G168" s="19"/>
+      <c r="G168" s="11"/>
+      <c r="H168" s="11"/>
+      <c r="I168" s="6"/>
     </row>
     <row r="169" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A169" s="20" t="s">
         <v>157</v>
       </c>
       <c r="B169" s="19" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="C169" s="19" t="s">
         <v>269</v>
       </c>
       <c r="D169" s="19" t="s">
         <v>743</v>
       </c>
       <c r="E169" s="19" t="s">
         <v>209</v>
       </c>
       <c r="F169" s="24" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
       <c r="G169" s="19"/>
     </row>
-    <row r="170" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A170" s="10" t="s">
+    <row r="170" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A170" s="20" t="s">
         <v>157</v>
       </c>
-      <c r="B170" s="11" t="s">
-[...16 lines deleted...]
-      <c r="I170" s="6"/>
+      <c r="B170" s="19" t="s">
+        <v>764</v>
+      </c>
+      <c r="C170" s="19" t="s">
+        <v>746</v>
+      </c>
+      <c r="D170" s="19" t="s">
+        <v>747</v>
+      </c>
+      <c r="E170" s="19" t="s">
+        <v>748</v>
+      </c>
+      <c r="F170" s="24" t="s">
+        <v>765</v>
+      </c>
+      <c r="G170" s="19"/>
     </row>
     <row r="171" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A171" s="20" t="s">
         <v>157</v>
       </c>
       <c r="B171" s="19" t="s">
-        <v>148</v>
+        <v>766</v>
       </c>
       <c r="C171" s="19" t="s">
-        <v>768</v>
+        <v>269</v>
       </c>
       <c r="D171" s="19" t="s">
-        <v>769</v>
+        <v>743</v>
       </c>
       <c r="E171" s="19" t="s">
-        <v>770</v>
+        <v>209</v>
       </c>
       <c r="F171" s="24" t="s">
-        <v>396</v>
-[...6 lines deleted...]
-      <c r="A172" s="20" t="s">
+        <v>767</v>
+      </c>
+      <c r="G171" s="19"/>
+    </row>
+    <row r="172" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="A172" s="10" t="s">
         <v>157</v>
       </c>
-      <c r="B172" s="19" t="s">
-[...14 lines deleted...]
-      <c r="G172" s="19"/>
+      <c r="B172" s="11" t="s">
+        <v>178</v>
+      </c>
+      <c r="C172" s="11" t="s">
+        <v>177</v>
+      </c>
+      <c r="D172" s="11" t="s">
+        <v>182</v>
+      </c>
+      <c r="E172" s="11" t="s">
+        <v>176</v>
+      </c>
+      <c r="F172" s="17" t="s">
+        <v>181</v>
+      </c>
+      <c r="G172" s="11"/>
       <c r="H172" s="11"/>
       <c r="I172" s="6"/>
     </row>
-    <row r="173" spans="1:9" ht="60" x14ac:dyDescent="0.25">
-      <c r="A173" s="10" t="s">
+    <row r="173" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A173" s="20" t="s">
         <v>157</v>
       </c>
-      <c r="B173" s="11" t="s">
-[...19 lines deleted...]
-      <c r="A174" s="10" t="s">
+      <c r="B173" s="19" t="s">
+        <v>148</v>
+      </c>
+      <c r="C173" s="19" t="s">
+        <v>768</v>
+      </c>
+      <c r="D173" s="19" t="s">
+        <v>769</v>
+      </c>
+      <c r="E173" s="19" t="s">
+        <v>770</v>
+      </c>
+      <c r="F173" s="24" t="s">
+        <v>396</v>
+      </c>
+      <c r="G173" s="24" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="174" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A174" s="20" t="s">
         <v>157</v>
       </c>
-      <c r="B174" s="11" t="s">
-[...16 lines deleted...]
-    <row r="175" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="B174" s="19" t="s">
+        <v>772</v>
+      </c>
+      <c r="C174" s="19" t="s">
+        <v>773</v>
+      </c>
+      <c r="D174" s="19" t="s">
+        <v>769</v>
+      </c>
+      <c r="E174" s="19" t="s">
+        <v>774</v>
+      </c>
+      <c r="F174" s="24" t="s">
+        <v>775</v>
+      </c>
+      <c r="G174" s="19"/>
+      <c r="H174" s="11"/>
+      <c r="I174" s="6"/>
+    </row>
+    <row r="175" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A175" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B175" s="11" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="C175" s="11" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D175" s="11" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E175" s="11" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F175" s="17" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="G175" s="11"/>
       <c r="H175" s="11"/>
       <c r="I175" s="6"/>
     </row>
-    <row r="176" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="176" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A176" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B176" s="11" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="C176" s="11" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D176" s="11" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="E176" s="11" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="F176" s="17" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="G176" s="11"/>
-      <c r="H176" s="11"/>
-      <c r="I176" s="6"/>
     </row>
     <row r="177" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A177" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B177" s="11" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C177" s="11" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D177" s="11" t="s">
-        <v>490</v>
+        <v>170</v>
       </c>
       <c r="E177" s="11" t="s">
-        <v>224</v>
+        <v>171</v>
       </c>
       <c r="F177" s="17" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="G177" s="11"/>
       <c r="H177" s="11"/>
       <c r="I177" s="6"/>
     </row>
-    <row r="178" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+    <row r="178" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A178" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B178" s="11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C178" s="11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D178" s="11" t="s">
-        <v>172</v>
+        <v>489</v>
       </c>
       <c r="E178" s="11" t="s">
-        <v>176</v>
+        <v>209</v>
       </c>
       <c r="F178" s="17" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="G178" s="11"/>
       <c r="H178" s="11"/>
       <c r="I178" s="6"/>
     </row>
     <row r="179" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A179" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B179" s="11" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="C179" s="11" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="D179" s="11" t="s">
-        <v>491</v>
+        <v>490</v>
       </c>
       <c r="E179" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F179" s="17" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
       <c r="G179" s="11"/>
       <c r="H179" s="11"/>
       <c r="I179" s="6"/>
     </row>
-    <row r="180" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="180" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A180" s="10" t="s">
         <v>157</v>
       </c>
       <c r="B180" s="11" t="s">
-        <v>21</v>
+        <v>11</v>
       </c>
       <c r="C180" s="11" t="s">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="D180" s="11" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="E180" s="11" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F180" s="17" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
       <c r="G180" s="11"/>
       <c r="H180" s="11"/>
       <c r="I180" s="6"/>
     </row>
-    <row r="181" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="181" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A181" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B181" s="11" t="s">
-        <v>1008</v>
+        <v>19</v>
       </c>
       <c r="C181" s="11" t="s">
-        <v>1009</v>
+        <v>20</v>
       </c>
       <c r="D181" s="11" t="s">
-        <v>1010</v>
+        <v>491</v>
       </c>
       <c r="E181" s="11" t="s">
-        <v>1011</v>
+        <v>224</v>
       </c>
       <c r="F181" s="17" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="G181" s="11"/>
       <c r="H181" s="11"/>
       <c r="I181" s="6"/>
     </row>
-    <row r="182" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="182" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A182" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="B182" s="11" t="s">
-        <v>933</v>
+        <v>21</v>
       </c>
       <c r="C182" s="11" t="s">
-        <v>934</v>
+        <v>22</v>
       </c>
       <c r="D182" s="11" t="s">
-        <v>935</v>
+        <v>170</v>
       </c>
       <c r="E182" s="11" t="s">
-        <v>192</v>
-[...4 lines deleted...]
-      </c>
+        <v>171</v>
+      </c>
+      <c r="F182" s="17" t="s">
+        <v>404</v>
+      </c>
+      <c r="G182" s="11"/>
       <c r="H182" s="11"/>
       <c r="I182" s="6"/>
     </row>
-    <row r="183" spans="1:9" ht="45" x14ac:dyDescent="0.25">
-      <c r="A183" s="12" t="s">
+    <row r="183" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A183" s="10" t="s">
         <v>158</v>
       </c>
       <c r="B183" s="11" t="s">
-        <v>86</v>
+        <v>1008</v>
       </c>
       <c r="C183" s="11" t="s">
-        <v>87</v>
+        <v>1009</v>
       </c>
       <c r="D183" s="11" t="s">
-        <v>492</v>
+        <v>1010</v>
       </c>
       <c r="E183" s="11" t="s">
-        <v>224</v>
+        <v>1011</v>
       </c>
       <c r="F183" s="17" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="G183" s="11"/>
+        <v>1013</v>
+      </c>
+      <c r="G183" s="17" t="s">
+        <v>1012</v>
+      </c>
       <c r="H183" s="11"/>
       <c r="I183" s="6"/>
     </row>
     <row r="184" spans="1:9" ht="30" x14ac:dyDescent="0.25">
-      <c r="A184" s="12" t="s">
+      <c r="A184" s="10" t="s">
         <v>158</v>
       </c>
       <c r="B184" s="11" t="s">
-        <v>88</v>
+        <v>933</v>
       </c>
       <c r="C184" s="11" t="s">
-        <v>89</v>
+        <v>934</v>
       </c>
       <c r="D184" s="11" t="s">
-        <v>493</v>
+        <v>935</v>
       </c>
       <c r="E184" s="11" t="s">
-        <v>224</v>
-[...4 lines deleted...]
-      <c r="G184" s="11"/>
+        <v>192</v>
+      </c>
+      <c r="F184" s="29"/>
+      <c r="G184" s="11" t="s">
+        <v>936</v>
+      </c>
       <c r="H184" s="11"/>
       <c r="I184" s="6"/>
     </row>
     <row r="185" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A185" s="12" t="s">
         <v>158</v>
       </c>
       <c r="B185" s="11" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C185" s="11" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D185" s="11" t="s">
-        <v>170</v>
+        <v>492</v>
       </c>
       <c r="E185" s="11" t="s">
-        <v>171</v>
+        <v>224</v>
       </c>
       <c r="F185" s="17" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="G185" s="11"/>
-    </row>
-[...1 lines deleted...]
-      <c r="A186" s="20" t="s">
+      <c r="H185" s="11"/>
+      <c r="I185" s="6"/>
+    </row>
+    <row r="186" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A186" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="B186" s="19" t="s">
-[...14 lines deleted...]
-      <c r="G186" s="19"/>
+      <c r="B186" s="11" t="s">
+        <v>88</v>
+      </c>
+      <c r="C186" s="11" t="s">
+        <v>89</v>
+      </c>
+      <c r="D186" s="11" t="s">
+        <v>493</v>
+      </c>
+      <c r="E186" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="F186" s="17" t="s">
+        <v>406</v>
+      </c>
+      <c r="G186" s="11"/>
       <c r="H186" s="11"/>
       <c r="I186" s="6"/>
     </row>
-    <row r="187" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="187" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A187" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="B187" s="14" t="s">
-[...9 lines deleted...]
-        <v>463</v>
+      <c r="B187" s="11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C187" s="11" t="s">
+        <v>91</v>
+      </c>
+      <c r="D187" s="11" t="s">
+        <v>170</v>
+      </c>
+      <c r="E187" s="11" t="s">
+        <v>171</v>
       </c>
       <c r="F187" s="17" t="s">
-        <v>408</v>
-[...6 lines deleted...]
-      <c r="A188" s="12" t="s">
+        <v>407</v>
+      </c>
+      <c r="G187" s="11"/>
+    </row>
+    <row r="188" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A188" s="20" t="s">
         <v>158</v>
       </c>
-      <c r="B188" s="14" t="s">
-[...14 lines deleted...]
-      <c r="G188" s="14"/>
+      <c r="B188" s="19" t="s">
+        <v>738</v>
+      </c>
+      <c r="C188" s="19" t="s">
+        <v>739</v>
+      </c>
+      <c r="D188" s="19" t="s">
+        <v>740</v>
+      </c>
+      <c r="E188" s="19" t="s">
+        <v>741</v>
+      </c>
+      <c r="F188" s="24" t="s">
+        <v>742</v>
+      </c>
+      <c r="G188" s="19"/>
       <c r="H188" s="11"/>
       <c r="I188" s="6"/>
     </row>
     <row r="189" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A189" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="B189" s="11" t="s">
-[...9 lines deleted...]
-        <v>224</v>
+      <c r="B189" s="14" t="s">
+        <v>309</v>
+      </c>
+      <c r="C189" s="14" t="s">
+        <v>310</v>
+      </c>
+      <c r="D189" s="14" t="s">
+        <v>494</v>
+      </c>
+      <c r="E189" s="14" t="s">
+        <v>463</v>
       </c>
       <c r="F189" s="17" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="G189" s="11"/>
+        <v>408</v>
+      </c>
+      <c r="G189" s="14"/>
       <c r="H189" s="11"/>
       <c r="I189" s="6"/>
     </row>
-    <row r="190" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+    <row r="190" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A190" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="B190" s="11" t="s">
-[...3 lines deleted...]
-        <v>95</v>
+      <c r="B190" s="14" t="s">
+        <v>262</v>
+      </c>
+      <c r="C190" s="14" t="s">
+        <v>263</v>
       </c>
       <c r="D190" s="11" t="s">
-        <v>496</v>
+        <v>464</v>
       </c>
       <c r="E190" s="11" t="s">
-        <v>224</v>
+        <v>465</v>
       </c>
       <c r="F190" s="17" t="s">
-        <v>411</v>
-[...1 lines deleted...]
-      <c r="G190" s="11"/>
+        <v>409</v>
+      </c>
+      <c r="G190" s="14"/>
       <c r="H190" s="11"/>
       <c r="I190" s="6"/>
     </row>
     <row r="191" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A191" s="12" t="s">
         <v>158</v>
       </c>
       <c r="B191" s="11" t="s">
-        <v>264</v>
+        <v>92</v>
       </c>
       <c r="C191" s="11" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="D191" s="11" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="E191" s="11" t="s">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="F191" s="17" t="s">
-        <v>412</v>
+        <v>410</v>
       </c>
       <c r="G191" s="11"/>
       <c r="H191" s="11"/>
       <c r="I191" s="6"/>
     </row>
-    <row r="192" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="192" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A192" s="12" t="s">
         <v>158</v>
       </c>
       <c r="B192" s="11" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="C192" s="11" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D192" s="11" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E192" s="11" t="s">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="F192" s="17" t="s">
-        <v>413</v>
+        <v>411</v>
       </c>
       <c r="G192" s="11"/>
       <c r="H192" s="11"/>
       <c r="I192" s="6"/>
     </row>
-    <row r="193" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="193" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A193" s="12" t="s">
         <v>158</v>
       </c>
       <c r="B193" s="11" t="s">
-        <v>99</v>
+        <v>264</v>
       </c>
       <c r="C193" s="11" t="s">
-        <v>306</v>
+        <v>96</v>
       </c>
       <c r="D193" s="11" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="E193" s="11" t="s">
         <v>192</v>
       </c>
       <c r="F193" s="17" t="s">
-        <v>406</v>
+        <v>412</v>
       </c>
       <c r="G193" s="11"/>
       <c r="H193" s="11"/>
       <c r="I193" s="6"/>
     </row>
-    <row r="194" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="194" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A194" s="12" t="s">
         <v>158</v>
       </c>
       <c r="B194" s="11" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C194" s="11" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="D194" s="11" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="E194" s="11" t="s">
-        <v>224</v>
+        <v>192</v>
       </c>
       <c r="F194" s="17" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="G194" s="11"/>
+      <c r="H194" s="11"/>
+      <c r="I194" s="6"/>
     </row>
     <row r="195" spans="1:9" ht="15" x14ac:dyDescent="0.25">
-      <c r="A195" s="27" t="s">
+      <c r="A195" s="12" t="s">
         <v>158</v>
       </c>
-      <c r="B195" s="19" t="s">
-[...14 lines deleted...]
-      <c r="G195" s="19"/>
+      <c r="B195" s="11" t="s">
+        <v>99</v>
+      </c>
+      <c r="C195" s="11" t="s">
+        <v>306</v>
+      </c>
+      <c r="D195" s="11" t="s">
+        <v>508</v>
+      </c>
+      <c r="E195" s="11" t="s">
+        <v>192</v>
+      </c>
+      <c r="F195" s="17" t="s">
+        <v>406</v>
+      </c>
+      <c r="G195" s="11"/>
       <c r="H195" s="11"/>
       <c r="I195" s="6"/>
     </row>
-    <row r="196" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="196" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A196" s="12" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="B196" s="11" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="C196" s="11" t="s">
-        <v>73</v>
+        <v>101</v>
       </c>
       <c r="D196" s="11" t="s">
-        <v>499</v>
+        <v>507</v>
       </c>
       <c r="E196" s="11" t="s">
-        <v>192</v>
+        <v>224</v>
       </c>
       <c r="F196" s="17" t="s">
-        <v>415</v>
+        <v>414</v>
       </c>
       <c r="G196" s="11"/>
-      <c r="H196" s="11"/>
-[...21 lines deleted...]
-      <c r="G197" s="11"/>
+    </row>
+    <row r="197" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A197" s="27" t="s">
+        <v>158</v>
+      </c>
+      <c r="B197" s="19" t="s">
+        <v>894</v>
+      </c>
+      <c r="C197" s="19" t="s">
+        <v>892</v>
+      </c>
+      <c r="D197" s="19" t="s">
+        <v>890</v>
+      </c>
+      <c r="E197" s="19" t="s">
+        <v>864</v>
+      </c>
+      <c r="F197" s="19" t="s">
+        <v>893</v>
+      </c>
+      <c r="G197" s="19"/>
       <c r="H197" s="11"/>
       <c r="I197" s="6"/>
     </row>
-    <row r="198" spans="1:9" ht="75" x14ac:dyDescent="0.25">
+    <row r="198" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A198" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B198" s="11" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="C198" s="11" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D198" s="11" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="E198" s="11" t="s">
-        <v>224</v>
+        <v>192</v>
       </c>
       <c r="F198" s="17" t="s">
-        <v>416</v>
+        <v>415</v>
       </c>
       <c r="G198" s="11"/>
       <c r="H198" s="11"/>
       <c r="I198" s="6"/>
     </row>
-    <row r="199" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="199" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A199" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B199" s="11" t="s">
-        <v>75</v>
+        <v>941</v>
       </c>
       <c r="C199" s="11" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D199" s="11" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="E199" s="11" t="s">
-        <v>224</v>
+        <v>176</v>
       </c>
       <c r="F199" s="17" t="s">
-        <v>417</v>
+        <v>942</v>
       </c>
       <c r="G199" s="11"/>
       <c r="H199" s="11"/>
       <c r="I199" s="6"/>
     </row>
-    <row r="200" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="200" spans="1:9" ht="75" x14ac:dyDescent="0.25">
       <c r="A200" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B200" s="11" t="s">
-        <v>76</v>
+        <v>82</v>
       </c>
       <c r="C200" s="11" t="s">
-        <v>139</v>
+        <v>74</v>
       </c>
       <c r="D200" s="11" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E200" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F200" s="17" t="s">
-        <v>417</v>
+        <v>416</v>
       </c>
       <c r="G200" s="11"/>
       <c r="H200" s="11"/>
       <c r="I200" s="6"/>
     </row>
     <row r="201" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A201" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B201" s="11" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C201" s="11" t="s">
-        <v>140</v>
+        <v>138</v>
       </c>
       <c r="D201" s="11" t="s">
         <v>502</v>
       </c>
       <c r="E201" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F201" s="17" t="s">
         <v>417</v>
       </c>
       <c r="G201" s="11"/>
       <c r="H201" s="11"/>
       <c r="I201" s="6"/>
     </row>
-    <row r="202" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+    <row r="202" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A202" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B202" s="11" t="s">
-        <v>419</v>
+        <v>76</v>
       </c>
       <c r="C202" s="11" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D202" s="11" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="E202" s="11" t="s">
-        <v>463</v>
+        <v>224</v>
       </c>
       <c r="F202" s="17" t="s">
-        <v>418</v>
+        <v>417</v>
       </c>
       <c r="G202" s="11"/>
       <c r="H202" s="11"/>
       <c r="I202" s="6"/>
     </row>
     <row r="203" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A203" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B203" s="11" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="C203" s="11" t="s">
-        <v>142</v>
+        <v>140</v>
       </c>
       <c r="D203" s="11" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="E203" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F203" s="17" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="G203" s="11"/>
       <c r="H203" s="11"/>
       <c r="I203" s="6"/>
     </row>
-    <row r="204" spans="1:9" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="204" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A204" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B204" s="11" t="s">
-        <v>79</v>
+        <v>419</v>
       </c>
       <c r="C204" s="11" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="D204" s="11" t="s">
-        <v>505</v>
+        <v>504</v>
       </c>
       <c r="E204" s="11" t="s">
-        <v>171</v>
+        <v>463</v>
       </c>
       <c r="F204" s="17" t="s">
-        <v>421</v>
+        <v>418</v>
       </c>
       <c r="G204" s="11"/>
       <c r="H204" s="11"/>
-      <c r="I204" s="8"/>
-[...1 lines deleted...]
-    <row r="205" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="I204" s="6"/>
+    </row>
+    <row r="205" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A205" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B205" s="11" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="C205" s="11" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="D205" s="11" t="s">
-        <v>506</v>
+        <v>501</v>
       </c>
       <c r="E205" s="11" t="s">
-        <v>446</v>
+        <v>224</v>
       </c>
       <c r="F205" s="17" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="G205" s="11"/>
       <c r="H205" s="11"/>
-      <c r="I205" s="8"/>
-[...1 lines deleted...]
-    <row r="206" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="I205" s="6"/>
+    </row>
+    <row r="206" spans="1:9" s="4" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A206" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B206" s="11" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="C206" s="11" t="s">
-        <v>151</v>
+        <v>143</v>
       </c>
       <c r="D206" s="11" t="s">
-        <v>488</v>
+        <v>505</v>
       </c>
       <c r="E206" s="11" t="s">
-        <v>224</v>
+        <v>171</v>
       </c>
       <c r="F206" s="17" t="s">
-        <v>424</v>
+        <v>421</v>
       </c>
       <c r="G206" s="11"/>
       <c r="H206" s="11"/>
       <c r="I206" s="8"/>
     </row>
     <row r="207" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A207" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B207" s="11" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="C207" s="11" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D207" s="11" t="s">
-        <v>509</v>
+        <v>506</v>
       </c>
       <c r="E207" s="11" t="s">
-        <v>224</v>
+        <v>446</v>
       </c>
       <c r="F207" s="17" t="s">
-        <v>423</v>
+        <v>422</v>
       </c>
       <c r="G207" s="11"/>
       <c r="H207" s="11"/>
       <c r="I207" s="8"/>
     </row>
-    <row r="208" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="208" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
       <c r="A208" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B208" s="11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C208" s="11" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="D208" s="11" t="s">
-        <v>509</v>
+        <v>488</v>
       </c>
       <c r="E208" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F208" s="17" t="s">
-        <v>425</v>
+        <v>424</v>
       </c>
       <c r="G208" s="11"/>
       <c r="H208" s="11"/>
       <c r="I208" s="8"/>
     </row>
-    <row r="209" spans="1:9" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
-      <c r="A209" s="27" t="s">
+    <row r="209" spans="1:9" s="4" customFormat="1" ht="45" x14ac:dyDescent="0.25">
+      <c r="A209" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B209" s="11" t="s">
-        <v>426</v>
+        <v>83</v>
       </c>
       <c r="C209" s="11" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="D209" s="11" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="E209" s="11" t="s">
-        <v>465</v>
+        <v>224</v>
       </c>
       <c r="F209" s="17" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="G209" s="11"/>
       <c r="H209" s="11"/>
       <c r="I209" s="8"/>
     </row>
-    <row r="210" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="210" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A210" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="B210" s="14" t="s">
-[...8 lines deleted...]
-      <c r="E210" s="14" t="s">
+      <c r="B210" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="C210" s="11" t="s">
+        <v>146</v>
+      </c>
+      <c r="D210" s="11" t="s">
+        <v>509</v>
+      </c>
+      <c r="E210" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F210" s="17" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="G210" s="14"/>
+        <v>425</v>
+      </c>
+      <c r="G210" s="11"/>
       <c r="H210" s="11"/>
-      <c r="I210" s="6"/>
-[...2 lines deleted...]
-      <c r="A211" s="12" t="s">
+      <c r="I210" s="8"/>
+    </row>
+    <row r="211" spans="1:9" s="4" customFormat="1" ht="60" x14ac:dyDescent="0.25">
+      <c r="A211" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B211" s="11" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="C211" s="11" t="s">
-        <v>906</v>
-[...5 lines deleted...]
-        <v>224</v>
+        <v>147</v>
+      </c>
+      <c r="D211" s="11" t="s">
+        <v>510</v>
+      </c>
+      <c r="E211" s="11" t="s">
+        <v>465</v>
       </c>
       <c r="F211" s="17" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="G211" s="11"/>
+      <c r="H211" s="11"/>
+      <c r="I211" s="8"/>
     </row>
     <row r="212" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A212" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="B212" s="19" t="s">
-[...16 lines deleted...]
-    <row r="213" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B212" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="C212" s="14" t="s">
+        <v>906</v>
+      </c>
+      <c r="D212" s="14" t="s">
+        <v>511</v>
+      </c>
+      <c r="E212" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="F212" s="17" t="s">
+        <v>430</v>
+      </c>
+      <c r="G212" s="14"/>
+      <c r="H212" s="11"/>
+      <c r="I212" s="6"/>
+    </row>
+    <row r="213" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A213" s="12" t="s">
         <v>159</v>
       </c>
-      <c r="B213" s="19" t="s">
-[...16 lines deleted...]
-    <row r="214" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="B213" s="11" t="s">
+        <v>429</v>
+      </c>
+      <c r="C213" s="11" t="s">
+        <v>906</v>
+      </c>
+      <c r="D213" s="14" t="s">
+        <v>511</v>
+      </c>
+      <c r="E213" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="F213" s="17" t="s">
+        <v>431</v>
+      </c>
+      <c r="G213" s="11"/>
+    </row>
+    <row r="214" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A214" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B214" s="19" t="s">
-        <v>831</v>
+        <v>823</v>
       </c>
       <c r="C214" s="19" t="s">
-        <v>832</v>
+        <v>824</v>
       </c>
       <c r="D214" s="19" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="E214" s="19" t="s">
-        <v>822</v>
+        <v>697</v>
       </c>
       <c r="F214" s="24" t="s">
-        <v>834</v>
+        <v>826</v>
       </c>
       <c r="G214" s="19"/>
     </row>
     <row r="215" spans="1:9" ht="15" x14ac:dyDescent="0.25">
       <c r="A215" s="12" t="s">
         <v>159</v>
       </c>
       <c r="B215" s="19" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="C215" s="19" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="D215" s="19" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="E215" s="19" t="s">
         <v>822</v>
       </c>
       <c r="F215" s="24" t="s">
+        <v>830</v>
+      </c>
+      <c r="G215" s="19"/>
+    </row>
+    <row r="216" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A216" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="B216" s="19" t="s">
+        <v>831</v>
+      </c>
+      <c r="C216" s="19" t="s">
+        <v>832</v>
+      </c>
+      <c r="D216" s="19" t="s">
+        <v>833</v>
+      </c>
+      <c r="E216" s="19" t="s">
+        <v>822</v>
+      </c>
+      <c r="F216" s="24" t="s">
+        <v>834</v>
+      </c>
+      <c r="G216" s="19"/>
+    </row>
+    <row r="217" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A217" s="12" t="s">
+        <v>159</v>
+      </c>
+      <c r="B217" s="19" t="s">
+        <v>835</v>
+      </c>
+      <c r="C217" s="19" t="s">
+        <v>836</v>
+      </c>
+      <c r="D217" s="19" t="s">
+        <v>837</v>
+      </c>
+      <c r="E217" s="19" t="s">
+        <v>822</v>
+      </c>
+      <c r="F217" s="24" t="s">
         <v>838</v>
       </c>
-      <c r="G215" s="19"/>
-[...2 lines deleted...]
-      <c r="A216" s="12" t="s">
+      <c r="G217" s="19"/>
+    </row>
+    <row r="218" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A218" s="12" t="s">
         <v>160</v>
       </c>
-      <c r="B216" s="21" t="s">
+      <c r="B218" s="21" t="s">
         <v>1014</v>
       </c>
-      <c r="C216" s="21" t="s">
+      <c r="C218" s="21" t="s">
         <v>1015</v>
       </c>
-      <c r="D216" s="21" t="s">
+      <c r="D218" s="21" t="s">
         <v>1016</v>
       </c>
-      <c r="E216" s="21" t="s">
+      <c r="E218" s="21" t="s">
         <v>1017</v>
       </c>
-      <c r="F216" s="23" t="s">
+      <c r="F218" s="23" t="s">
         <v>1018</v>
       </c>
-      <c r="G216" s="19"/>
-[...2 lines deleted...]
-      <c r="A217" s="12" t="s">
+      <c r="G218" s="19"/>
+    </row>
+    <row r="219" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A219" s="12" t="s">
         <v>160</v>
       </c>
-      <c r="B217" s="21" t="s">
+      <c r="B219" s="21" t="s">
         <v>984</v>
       </c>
-      <c r="C217" s="21" t="s">
+      <c r="C219" s="21" t="s">
         <v>987</v>
       </c>
-      <c r="D217" s="21" t="s">
+      <c r="D219" s="21" t="s">
         <v>985</v>
       </c>
-      <c r="E217" s="21" t="s">
+      <c r="E219" s="21" t="s">
         <v>803</v>
       </c>
-      <c r="F217" s="23" t="s">
+      <c r="F219" s="23" t="s">
         <v>986</v>
       </c>
-      <c r="G217" s="19"/>
-[...2 lines deleted...]
-      <c r="A218" s="26" t="s">
+      <c r="G219" s="19"/>
+    </row>
+    <row r="220" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A220" s="26" t="s">
         <v>160</v>
       </c>
-      <c r="B218" s="19" t="s">
+      <c r="B220" s="19" t="s">
         <v>886</v>
       </c>
-      <c r="C218" s="19" t="s">
+      <c r="C220" s="19" t="s">
         <v>885</v>
       </c>
-      <c r="D218" s="19" t="s">
+      <c r="D220" s="19" t="s">
         <v>873</v>
       </c>
-      <c r="E218" s="19" t="s">
+      <c r="E220" s="19" t="s">
         <v>887</v>
       </c>
-      <c r="F218" s="23" t="s">
+      <c r="F220" s="23" t="s">
         <v>889</v>
       </c>
-      <c r="G218" s="19"/>
-[...4 lines deleted...]
-      <c r="A219" s="10" t="s">
+      <c r="G220" s="19"/>
+      <c r="H220" s="11"/>
+      <c r="I220" s="6"/>
+    </row>
+    <row r="221" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A221" s="10" t="s">
         <v>160</v>
       </c>
-      <c r="B219" s="14" t="s">
+      <c r="B221" s="14" t="s">
         <v>281</v>
       </c>
-      <c r="C219" s="14" t="s">
+      <c r="C221" s="14" t="s">
         <v>152</v>
       </c>
-      <c r="D219" s="14" t="s">
+      <c r="D221" s="14" t="s">
         <v>512</v>
       </c>
-      <c r="E219" s="14" t="s">
+      <c r="E221" s="14" t="s">
         <v>204</v>
       </c>
-      <c r="F219" s="17" t="s">
+      <c r="F221" s="17" t="s">
         <v>432</v>
       </c>
-      <c r="G219" s="14"/>
-[...43 lines deleted...]
-    <row r="222" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+      <c r="G221" s="14"/>
+    </row>
+    <row r="222" spans="1:9" ht="60" x14ac:dyDescent="0.25">
       <c r="A222" s="20" t="s">
         <v>160</v>
       </c>
-      <c r="B222" s="21" t="s">
-        <v>785</v>
+      <c r="B222" s="19" t="s">
+        <v>776</v>
       </c>
       <c r="C222" s="19" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="D222" s="19" t="s">
-        <v>787</v>
+        <v>778</v>
       </c>
       <c r="E222" s="19" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>433</v>
+        <v>195</v>
+      </c>
+      <c r="F222" s="24" t="s">
+        <v>779</v>
       </c>
       <c r="G222" s="24"/>
     </row>
     <row r="223" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A223" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B223" s="19" t="s">
-        <v>789</v>
+        <v>780</v>
       </c>
       <c r="C223" s="19" t="s">
-        <v>124</v>
+        <v>781</v>
       </c>
       <c r="D223" s="19" t="s">
-        <v>790</v>
+        <v>782</v>
       </c>
       <c r="E223" s="19" t="s">
-        <v>791</v>
+        <v>783</v>
       </c>
       <c r="F223" s="24" t="s">
-        <v>434</v>
-[...3 lines deleted...]
-    <row r="224" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <v>784</v>
+      </c>
+      <c r="G223" s="24"/>
+    </row>
+    <row r="224" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A224" s="20" t="s">
         <v>160</v>
       </c>
-      <c r="B224" s="19" t="s">
-        <v>792</v>
+      <c r="B224" s="21" t="s">
+        <v>785</v>
       </c>
       <c r="C224" s="19" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="D224" s="19" t="s">
-        <v>888</v>
+        <v>787</v>
       </c>
       <c r="E224" s="19" t="s">
-        <v>887</v>
-[...6 lines deleted...]
-    <row r="225" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+        <v>788</v>
+      </c>
+      <c r="F224" s="23" t="s">
+        <v>433</v>
+      </c>
+      <c r="G224" s="24"/>
+    </row>
+    <row r="225" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A225" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B225" s="19" t="s">
-        <v>795</v>
+        <v>789</v>
       </c>
       <c r="C225" s="19" t="s">
-        <v>796</v>
+        <v>124</v>
       </c>
       <c r="D225" s="19" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="E225" s="19" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="F225" s="24" t="s">
-        <v>799</v>
+        <v>434</v>
       </c>
       <c r="G225" s="19"/>
     </row>
     <row r="226" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A226" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B226" s="19" t="s">
-        <v>800</v>
+        <v>792</v>
       </c>
       <c r="C226" s="19" t="s">
-        <v>801</v>
+        <v>793</v>
       </c>
       <c r="D226" s="19" t="s">
-        <v>802</v>
+        <v>888</v>
       </c>
       <c r="E226" s="19" t="s">
-        <v>803</v>
+        <v>887</v>
       </c>
       <c r="F226" s="24" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="G226" s="19"/>
     </row>
     <row r="227" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A227" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B227" s="19" t="s">
-        <v>805</v>
+        <v>795</v>
       </c>
       <c r="C227" s="19" t="s">
-        <v>806</v>
+        <v>796</v>
       </c>
       <c r="D227" s="19" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
       <c r="E227" s="19" t="s">
-        <v>681</v>
+        <v>798</v>
       </c>
       <c r="F227" s="24" t="s">
-        <v>808</v>
-[...5 lines deleted...]
-    <row r="228" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+        <v>799</v>
+      </c>
+      <c r="G227" s="19"/>
+    </row>
+    <row r="228" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A228" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B228" s="19" t="s">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="C228" s="19" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="D228" s="19" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="E228" s="19" t="s">
-        <v>204</v>
+        <v>803</v>
       </c>
       <c r="F228" s="24" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="G228" s="19"/>
     </row>
-    <row r="229" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="229" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A229" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B229" s="19" t="s">
-        <v>125</v>
+        <v>805</v>
       </c>
       <c r="C229" s="19" t="s">
-        <v>126</v>
+        <v>806</v>
       </c>
       <c r="D229" s="19" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="E229" s="19" t="s">
-        <v>791</v>
+        <v>681</v>
       </c>
       <c r="F229" s="24" t="s">
-        <v>436</v>
+        <v>808</v>
       </c>
       <c r="G229" s="24" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-    <row r="230" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="230" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A230" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B230" s="19" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="C230" s="19" t="s">
-        <v>128</v>
+        <v>811</v>
       </c>
       <c r="D230" s="19" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="E230" s="19" t="s">
-        <v>818</v>
+        <v>204</v>
       </c>
       <c r="F230" s="24" t="s">
-        <v>437</v>
+        <v>813</v>
       </c>
       <c r="G230" s="19"/>
     </row>
-    <row r="231" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+    <row r="231" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A231" s="20" t="s">
         <v>160</v>
       </c>
       <c r="B231" s="19" t="s">
+        <v>125</v>
+      </c>
+      <c r="C231" s="19" t="s">
+        <v>126</v>
+      </c>
+      <c r="D231" s="19" t="s">
+        <v>814</v>
+      </c>
+      <c r="E231" s="19" t="s">
+        <v>791</v>
+      </c>
+      <c r="F231" s="24" t="s">
+        <v>436</v>
+      </c>
+      <c r="G231" s="24" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="232" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A232" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B232" s="19" t="s">
+        <v>816</v>
+      </c>
+      <c r="C232" s="19" t="s">
+        <v>128</v>
+      </c>
+      <c r="D232" s="19" t="s">
+        <v>817</v>
+      </c>
+      <c r="E232" s="19" t="s">
+        <v>818</v>
+      </c>
+      <c r="F232" s="24" t="s">
+        <v>437</v>
+      </c>
+      <c r="G232" s="19"/>
+    </row>
+    <row r="233" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
+      <c r="A233" s="20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B233" s="19" t="s">
         <v>819</v>
       </c>
-      <c r="C231" s="19" t="s">
+      <c r="C233" s="19" t="s">
         <v>820</v>
       </c>
-      <c r="D231" s="19" t="s">
+      <c r="D233" s="19" t="s">
         <v>821</v>
       </c>
-      <c r="E231" s="19" t="s">
+      <c r="E233" s="19" t="s">
         <v>822</v>
       </c>
-      <c r="F231" s="19"/>
-[...46 lines deleted...]
-      <c r="G233" s="11"/>
+      <c r="F233" s="19"/>
+      <c r="G233" s="19"/>
       <c r="H233" s="11"/>
       <c r="I233" s="8"/>
     </row>
     <row r="234" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A234" s="10" t="s">
         <v>160</v>
       </c>
-      <c r="B234" s="14" t="s">
-[...9 lines deleted...]
-        <v>204</v>
+      <c r="B234" s="11" t="s">
+        <v>121</v>
+      </c>
+      <c r="C234" s="11" t="s">
+        <v>122</v>
+      </c>
+      <c r="D234" s="11" t="s">
+        <v>513</v>
+      </c>
+      <c r="E234" s="11" t="s">
+        <v>224</v>
       </c>
       <c r="F234" s="17" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="G234" s="14"/>
+        <v>433</v>
+      </c>
+      <c r="G234" s="11"/>
       <c r="H234" s="11"/>
       <c r="I234" s="8"/>
     </row>
-    <row r="235" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+    <row r="235" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A235" s="10" t="s">
         <v>160</v>
       </c>
       <c r="B235" s="11" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="C235" s="11" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="D235" s="11" t="s">
-        <v>514</v>
+        <v>208</v>
       </c>
       <c r="E235" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F235" s="17" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="G235" s="11"/>
       <c r="H235" s="11"/>
-      <c r="I235" s="6"/>
-[...1 lines deleted...]
-    <row r="236" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="I235" s="8"/>
+    </row>
+    <row r="236" spans="1:9" s="4" customFormat="1" ht="30" x14ac:dyDescent="0.25">
       <c r="A236" s="10" t="s">
         <v>160</v>
       </c>
-      <c r="B236" s="11" t="s">
-[...9 lines deleted...]
-        <v>224</v>
+      <c r="B236" s="14" t="s">
+        <v>308</v>
+      </c>
+      <c r="C236" s="14" t="s">
+        <v>307</v>
+      </c>
+      <c r="D236" s="14" t="s">
+        <v>512</v>
+      </c>
+      <c r="E236" s="14" t="s">
+        <v>204</v>
       </c>
       <c r="F236" s="17" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="G236" s="11"/>
+        <v>435</v>
+      </c>
+      <c r="G236" s="14"/>
       <c r="H236" s="11"/>
-      <c r="I236" s="6"/>
+      <c r="I236" s="8"/>
     </row>
     <row r="237" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A237" s="10" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B237" s="11" t="s">
-        <v>0</v>
+        <v>125</v>
       </c>
       <c r="C237" s="11" t="s">
-        <v>136</v>
+        <v>126</v>
       </c>
       <c r="D237" s="11" t="s">
-        <v>200</v>
+        <v>514</v>
       </c>
       <c r="E237" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F237" s="17" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="G237" s="11"/>
       <c r="H237" s="11"/>
       <c r="I237" s="6"/>
     </row>
     <row r="238" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A238" s="10" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="B238" s="11" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="C238" s="11" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D238" s="11" t="s">
-        <v>515</v>
+        <v>497</v>
       </c>
       <c r="E238" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F238" s="17" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="G238" s="11"/>
       <c r="H238" s="11"/>
       <c r="I238" s="6"/>
     </row>
-    <row r="239" spans="1:9" ht="45" x14ac:dyDescent="0.25">
+    <row r="239" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A239" s="10" t="s">
         <v>161</v>
       </c>
       <c r="B239" s="11" t="s">
-        <v>131</v>
+        <v>0</v>
       </c>
       <c r="C239" s="11" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D239" s="11" t="s">
-        <v>516</v>
+        <v>200</v>
       </c>
       <c r="E239" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F239" s="17" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="G239" s="11"/>
       <c r="H239" s="11"/>
       <c r="I239" s="6"/>
     </row>
     <row r="240" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A240" s="10" t="s">
         <v>161</v>
       </c>
       <c r="B240" s="11" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C240" s="11" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D240" s="11" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E240" s="11" t="s">
         <v>224</v>
       </c>
       <c r="F240" s="17" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="G240" s="11"/>
       <c r="H240" s="11"/>
       <c r="I240" s="6"/>
     </row>
-    <row r="241" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="241" spans="1:9" ht="45" x14ac:dyDescent="0.25">
       <c r="A241" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="B241" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="C241" s="11" t="s">
+        <v>132</v>
+      </c>
+      <c r="D241" s="11" t="s">
+        <v>516</v>
+      </c>
+      <c r="E241" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="F241" s="17" t="s">
+        <v>440</v>
+      </c>
+      <c r="G241" s="11"/>
+      <c r="H241" s="11"/>
+      <c r="I241" s="6"/>
+    </row>
+    <row r="242" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A242" s="10" t="s">
+        <v>161</v>
+      </c>
+      <c r="B242" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="C242" s="11" t="s">
+        <v>134</v>
+      </c>
+      <c r="D242" s="11" t="s">
+        <v>514</v>
+      </c>
+      <c r="E242" s="11" t="s">
+        <v>224</v>
+      </c>
+      <c r="F242" s="17" t="s">
+        <v>441</v>
+      </c>
+      <c r="G242" s="11"/>
+      <c r="H242" s="11"/>
+      <c r="I242" s="6"/>
+    </row>
+    <row r="243" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A243" s="10" t="s">
         <v>162</v>
       </c>
-      <c r="B241" s="11" t="s">
+      <c r="B243" s="11" t="s">
         <v>135</v>
       </c>
-      <c r="C241" s="11" t="s">
+      <c r="C243" s="11" t="s">
         <v>311</v>
       </c>
-      <c r="D241" s="11" t="s">
+      <c r="D243" s="11" t="s">
         <v>497</v>
       </c>
-      <c r="E241" s="11" t="s">
+      <c r="E243" s="11" t="s">
         <v>472</v>
       </c>
-      <c r="F241" s="17" t="s">
+      <c r="F243" s="17" t="s">
         <v>442</v>
       </c>
-      <c r="G241" s="11"/>
-[...2 lines deleted...]
-      <c r="A242" s="20" t="s">
+      <c r="G243" s="11"/>
+    </row>
+    <row r="244" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A244" s="20" t="s">
         <v>162</v>
       </c>
-      <c r="B242" s="19" t="s">
+      <c r="B244" s="19" t="s">
         <v>851</v>
       </c>
-      <c r="C242" s="19" t="s">
+      <c r="C244" s="19" t="s">
         <v>852</v>
       </c>
-      <c r="D242" s="19" t="s">
+      <c r="D244" s="19" t="s">
         <v>853</v>
       </c>
-      <c r="E242" s="19" t="s">
+      <c r="E244" s="19" t="s">
         <v>818</v>
       </c>
-      <c r="F242" s="19" t="s">
+      <c r="F244" s="19" t="s">
         <v>854</v>
       </c>
-      <c r="G242" s="19" t="s">
+      <c r="G244" s="19" t="s">
         <v>855</v>
       </c>
     </row>
-    <row r="243" spans="1:7" ht="30" x14ac:dyDescent="0.25">
-      <c r="A243" s="20" t="s">
+    <row r="245" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A245" s="20" t="s">
         <v>265</v>
       </c>
-      <c r="B243" s="19" t="s">
+      <c r="B245" s="19" t="s">
         <v>266</v>
       </c>
-      <c r="C243" s="19" t="s">
+      <c r="C245" s="19" t="s">
         <v>267</v>
       </c>
-      <c r="D243" s="19" t="s">
+      <c r="D245" s="19" t="s">
         <v>517</v>
       </c>
-      <c r="E243" s="19" t="s">
+      <c r="E245" s="19" t="s">
         <v>229</v>
       </c>
-      <c r="F243" s="23" t="s">
+      <c r="F245" s="23" t="s">
         <v>443</v>
       </c>
-      <c r="G243" s="19"/>
-[...40 lines deleted...]
-      </c>
       <c r="G245" s="19"/>
     </row>
-    <row r="246" spans="1:7" ht="30" x14ac:dyDescent="0.25">
+    <row r="246" spans="1:9" ht="30" x14ac:dyDescent="0.25">
       <c r="A246" s="20" t="s">
         <v>839</v>
       </c>
       <c r="B246" s="19" t="s">
+        <v>840</v>
+      </c>
+      <c r="C246" s="19" t="s">
+        <v>841</v>
+      </c>
+      <c r="D246" s="19" t="s">
+        <v>842</v>
+      </c>
+      <c r="E246" s="19" t="s">
+        <v>843</v>
+      </c>
+      <c r="F246" s="24" t="s">
+        <v>844</v>
+      </c>
+      <c r="G246" s="19"/>
+    </row>
+    <row r="247" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A247" s="20" t="s">
+        <v>839</v>
+      </c>
+      <c r="B247" s="19" t="s">
+        <v>845</v>
+      </c>
+      <c r="C247" s="19" t="s">
+        <v>548</v>
+      </c>
+      <c r="D247" s="19" t="s">
+        <v>846</v>
+      </c>
+      <c r="E247" s="19" t="s">
+        <v>847</v>
+      </c>
+      <c r="F247" s="24" t="s">
+        <v>848</v>
+      </c>
+      <c r="G247" s="19"/>
+    </row>
+    <row r="248" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A248" s="20" t="s">
+        <v>839</v>
+      </c>
+      <c r="B248" s="19" t="s">
         <v>849</v>
       </c>
-      <c r="C246" s="19" t="s">
+      <c r="C248" s="19" t="s">
         <v>553</v>
       </c>
-      <c r="D246" s="19" t="s">
+      <c r="D248" s="19" t="s">
         <v>554</v>
       </c>
-      <c r="E246" s="19" t="s">
+      <c r="E248" s="19" t="s">
         <v>555</v>
       </c>
-      <c r="F246" s="24" t="s">
+      <c r="F248" s="24" t="s">
         <v>850</v>
       </c>
-      <c r="G246" s="19"/>
-[...3 lines deleted...]
-      <c r="B247" s="19" t="s">
+      <c r="G248" s="19"/>
+    </row>
+    <row r="249" spans="1:9" ht="15" x14ac:dyDescent="0.25">
+      <c r="A249" s="20"/>
+      <c r="B249" s="19" t="s">
         <v>851</v>
       </c>
-      <c r="C247" s="19" t="s">
+      <c r="C249" s="19" t="s">
         <v>856</v>
       </c>
-      <c r="D247" s="19"/>
-[...5 lines deleted...]
-      <c r="A248" s="20" t="s">
+      <c r="D249" s="19"/>
+      <c r="E249" s="19"/>
+      <c r="F249" s="19"/>
+      <c r="G249" s="19"/>
+    </row>
+    <row r="250" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A250" s="20" t="s">
         <v>857</v>
       </c>
-      <c r="B248" s="19" t="s">
+      <c r="B250" s="19" t="s">
         <v>858</v>
       </c>
-      <c r="C248" s="19" t="s">
+      <c r="C250" s="19" t="s">
         <v>859</v>
       </c>
-      <c r="D248" s="19" t="s">
+      <c r="D250" s="19" t="s">
         <v>860</v>
       </c>
-      <c r="E248" s="19" t="s">
+      <c r="E250" s="19" t="s">
         <v>531</v>
       </c>
-      <c r="F248" s="24" t="s">
+      <c r="F250" s="24" t="s">
         <v>854</v>
       </c>
-      <c r="G248" s="19"/>
-[...2 lines deleted...]
-      <c r="A249" s="20" t="s">
+      <c r="G250" s="19"/>
+    </row>
+    <row r="251" spans="1:9" ht="60" x14ac:dyDescent="0.25">
+      <c r="A251" s="20" t="s">
         <v>857</v>
       </c>
-      <c r="B249" s="19" t="s">
+      <c r="B251" s="19" t="s">
         <v>861</v>
       </c>
-      <c r="C249" s="19" t="s">
+      <c r="C251" s="19" t="s">
         <v>862</v>
       </c>
-      <c r="D249" s="19" t="s">
+      <c r="D251" s="19" t="s">
         <v>863</v>
       </c>
-      <c r="E249" s="19" t="s">
+      <c r="E251" s="19" t="s">
         <v>864</v>
       </c>
-      <c r="F249" s="19" t="s">
+      <c r="F251" s="19" t="s">
         <v>891</v>
       </c>
-      <c r="G249" s="19"/>
-[...2 lines deleted...]
-      <c r="A250" s="20" t="s">
+      <c r="G251" s="19"/>
+    </row>
+    <row r="252" spans="1:9" ht="30" x14ac:dyDescent="0.25">
+      <c r="A252" s="20" t="s">
         <v>865</v>
       </c>
-      <c r="B250" s="19" t="s">
+      <c r="B252" s="19" t="s">
         <v>866</v>
       </c>
-      <c r="C250" s="19" t="s">
+      <c r="C252" s="19" t="s">
         <v>867</v>
       </c>
-      <c r="D250" s="19" t="s">
+      <c r="D252" s="19" t="s">
         <v>868</v>
       </c>
-      <c r="E250" s="19" t="s">
+      <c r="E252" s="19" t="s">
         <v>822</v>
       </c>
-      <c r="F250" s="24" t="s">
+      <c r="F252" s="24" t="s">
         <v>869</v>
       </c>
-      <c r="G250" s="19"/>
+      <c r="G252" s="19"/>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="F8" r:id="rId1" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
     <hyperlink ref="F7" r:id="rId2" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
     <hyperlink ref="F6" r:id="rId3" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
     <hyperlink ref="F14" r:id="rId4" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
     <hyperlink ref="F15" r:id="rId5" xr:uid="{00000000-0004-0000-0000-000004000000}"/>
     <hyperlink ref="F24" r:id="rId6" xr:uid="{00000000-0004-0000-0000-000005000000}"/>
     <hyperlink ref="F40" r:id="rId7" xr:uid="{00000000-0004-0000-0000-000006000000}"/>
     <hyperlink ref="F41" r:id="rId8" xr:uid="{00000000-0004-0000-0000-000007000000}"/>
     <hyperlink ref="F42" r:id="rId9" xr:uid="{00000000-0004-0000-0000-000008000000}"/>
     <hyperlink ref="F43" r:id="rId10" xr:uid="{00000000-0004-0000-0000-000009000000}"/>
     <hyperlink ref="F44" r:id="rId11" xr:uid="{00000000-0004-0000-0000-00000A000000}"/>
     <hyperlink ref="F66" r:id="rId12" xr:uid="{00000000-0004-0000-0000-00000B000000}"/>
     <hyperlink ref="F67" r:id="rId13" xr:uid="{00000000-0004-0000-0000-00000C000000}"/>
     <hyperlink ref="F69" r:id="rId14" xr:uid="{00000000-0004-0000-0000-00000D000000}"/>
     <hyperlink ref="F72" r:id="rId15" xr:uid="{00000000-0004-0000-0000-00000E000000}"/>
     <hyperlink ref="F73" r:id="rId16" xr:uid="{00000000-0004-0000-0000-00000F000000}"/>
     <hyperlink ref="F75" r:id="rId17" xr:uid="{00000000-0004-0000-0000-000010000000}"/>
     <hyperlink ref="F74" r:id="rId18" xr:uid="{00000000-0004-0000-0000-000011000000}"/>
     <hyperlink ref="F76" r:id="rId19" xr:uid="{00000000-0004-0000-0000-000012000000}"/>
     <hyperlink ref="F77" r:id="rId20" xr:uid="{00000000-0004-0000-0000-000013000000}"/>
-    <hyperlink ref="F104" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
+    <hyperlink ref="F106" r:id="rId21" xr:uid="{00000000-0004-0000-0000-000014000000}"/>
     <hyperlink ref="F35" r:id="rId22" xr:uid="{00000000-0004-0000-0000-000015000000}"/>
     <hyperlink ref="F39" r:id="rId23" xr:uid="{00000000-0004-0000-0000-000016000000}"/>
     <hyperlink ref="F36" r:id="rId24" xr:uid="{00000000-0004-0000-0000-000017000000}"/>
     <hyperlink ref="F23" r:id="rId25" location=":~:text=Ordonnance%20n%C2%B0%202017%2D51,relatives%20aux%20vigilances%20sanitaires%20%2D%20L%C3%A9gifrance" xr:uid="{00000000-0004-0000-0000-000018000000}"/>
     <hyperlink ref="F70" r:id="rId26" xr:uid="{00000000-0004-0000-0000-000019000000}"/>
     <hyperlink ref="F71" r:id="rId27" xr:uid="{00000000-0004-0000-0000-00001A000000}"/>
-    <hyperlink ref="F91" r:id="rId28" location=":~:text=dol%2C%20majeurs%20prot%C3%A9g%C3%A9s-,Arr%C3%AAt%C3%A9%20du%2017%20avril%202023%20fixant%20les%20r%C3%A8gles%20de%20s%C3%A9curit%C3%A9,%2D41%2D1%2C%20R." xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
-[...100 lines deleted...]
-    <hyperlink ref="F234" r:id="rId127" location=":~:text=R%C3%89SUM%C3%89,la%20s%C3%A9curit%C3%A9%20sanitaire%20en%20r%C3%A9gion." xr:uid="{00000000-0004-0000-0000-000085000000}"/>
+    <hyperlink ref="F93" r:id="rId28" location=":~:text=dol%2C%20majeurs%20prot%C3%A9g%C3%A9s-,Arr%C3%AAt%C3%A9%20du%2017%20avril%202023%20fixant%20les%20r%C3%A8gles%20de%20s%C3%A9curit%C3%A9,%2D41%2D1%2C%20R." xr:uid="{00000000-0004-0000-0000-00001B000000}"/>
+    <hyperlink ref="F94" r:id="rId29" xr:uid="{00000000-0004-0000-0000-00001C000000}"/>
+    <hyperlink ref="F95" r:id="rId30" xr:uid="{00000000-0004-0000-0000-00001D000000}"/>
+    <hyperlink ref="F96" r:id="rId31" xr:uid="{00000000-0004-0000-0000-00001E000000}"/>
+    <hyperlink ref="F97" r:id="rId32" xr:uid="{00000000-0004-0000-0000-00001F000000}"/>
+    <hyperlink ref="F98" r:id="rId33" location=":~:text=L'arr%C3%AAt%C3%A9%20du%205%20f%C3%A9vrier,produits%20de%20sant%C3%A9%20est%20abrog%C3%A9." xr:uid="{00000000-0004-0000-0000-000020000000}"/>
+    <hyperlink ref="F99" r:id="rId34" xr:uid="{00000000-0004-0000-0000-000021000000}"/>
+    <hyperlink ref="F100" r:id="rId35" xr:uid="{00000000-0004-0000-0000-000022000000}"/>
+    <hyperlink ref="F101" r:id="rId36" xr:uid="{00000000-0004-0000-0000-000023000000}"/>
+    <hyperlink ref="F103" r:id="rId37" xr:uid="{00000000-0004-0000-0000-000024000000}"/>
+    <hyperlink ref="F105" r:id="rId38" xr:uid="{00000000-0004-0000-0000-000025000000}"/>
+    <hyperlink ref="F104" r:id="rId39" xr:uid="{00000000-0004-0000-0000-000026000000}"/>
+    <hyperlink ref="F107" r:id="rId40" xr:uid="{00000000-0004-0000-0000-000027000000}"/>
+    <hyperlink ref="F108" r:id="rId41" xr:uid="{00000000-0004-0000-0000-000028000000}"/>
+    <hyperlink ref="F109" r:id="rId42" xr:uid="{00000000-0004-0000-0000-000029000000}"/>
+    <hyperlink ref="F110" r:id="rId43" location=":~:text=de%20coop%C3%A9ration%20sanitaire.-,Les%20membres%20du%20groupement%20de%20coop%C3%A9ration%20sanitaire%20mentionn%C3%A9%20%C3%A0%20l,receveurs%20de%20produits%20sanguins%20labiles." xr:uid="{00000000-0004-0000-0000-00002A000000}"/>
+    <hyperlink ref="F111" r:id="rId44" location=":~:text=Lorsqu'il%20s'agit%20d'un%20d%C3%A9p%C3%B4t%20de%20groupement,%C3%A9tablissement%20de%20transfusion%20sanguine%20r%C3%A9f%C3%A9rent." xr:uid="{00000000-0004-0000-0000-00002B000000}"/>
+    <hyperlink ref="F112" r:id="rId45" xr:uid="{00000000-0004-0000-0000-00002C000000}"/>
+    <hyperlink ref="F113" r:id="rId46" xr:uid="{00000000-0004-0000-0000-00002D000000}"/>
+    <hyperlink ref="F114" r:id="rId47" xr:uid="{00000000-0004-0000-0000-00002E000000}"/>
+    <hyperlink ref="F115" r:id="rId48" xr:uid="{00000000-0004-0000-0000-00002F000000}"/>
+    <hyperlink ref="F116" r:id="rId49" xr:uid="{00000000-0004-0000-0000-000030000000}"/>
+    <hyperlink ref="F117" r:id="rId50" xr:uid="{00000000-0004-0000-0000-000031000000}"/>
+    <hyperlink ref="F118" r:id="rId51" xr:uid="{00000000-0004-0000-0000-000032000000}"/>
+    <hyperlink ref="F119" r:id="rId52" xr:uid="{00000000-0004-0000-0000-000033000000}"/>
+    <hyperlink ref="F120" r:id="rId53" location=":~:text=1413%2D61%2D4%20du%20code%20de%20la%20sant%C3%A9%20publique%20sont,d'informatique%20et%20de%20transport." xr:uid="{00000000-0004-0000-0000-000034000000}"/>
+    <hyperlink ref="F121" r:id="rId54" location=":~:text=dol%2C%20majeurs%20prot%C3%A9g%C3%A9s-,Arr%C3%AAt%C3%A9%20du%2031%20d%C3%A9cembre%202020%20modifiant%20l'arr%C3%AAt%C3%A9%20du%2012,code%20de%20la%20s%C3%A9curit%C3%A9%20sociale" xr:uid="{00000000-0004-0000-0000-000035000000}"/>
+    <hyperlink ref="F123" r:id="rId55" xr:uid="{00000000-0004-0000-0000-000036000000}"/>
+    <hyperlink ref="F124" r:id="rId56" xr:uid="{00000000-0004-0000-0000-000037000000}"/>
+    <hyperlink ref="F126" r:id="rId57" location=":~:text=dol%2C%20majeurs%20prot%C3%A9g%C3%A9s-,Arr%C3%AAt%C3%A9%20du%2027%20juin%202019%20fixant%20les%20modalit%C3%A9s%20de%20communication,code%20de%20la%20sant%C3%A9%20publique" xr:uid="{00000000-0004-0000-0000-000038000000}"/>
+    <hyperlink ref="F128" r:id="rId58" xr:uid="{00000000-0004-0000-0000-000039000000}"/>
+    <hyperlink ref="F129" r:id="rId59" xr:uid="{00000000-0004-0000-0000-00003A000000}"/>
+    <hyperlink ref="F130" r:id="rId60" xr:uid="{00000000-0004-0000-0000-00003B000000}"/>
+    <hyperlink ref="F131" r:id="rId61" xr:uid="{00000000-0004-0000-0000-00003C000000}"/>
+    <hyperlink ref="F132" r:id="rId62" xr:uid="{00000000-0004-0000-0000-00003D000000}"/>
+    <hyperlink ref="F133" r:id="rId63" location=":~:text=Les%20membres%20du%20groupement%20de,receveurs%20de%20produits%20sanguins%20labiles." xr:uid="{00000000-0004-0000-0000-00003E000000}"/>
+    <hyperlink ref="F134" r:id="rId64" location=":~:text=Le%20Sch%C3%A9ma%20Directeur%20National%20de%20la%20Transfusion%20Sanguine%2C%20d%C3%A9fini%20en,pr%C3%A9vus%20%C3%A0%20l'article%20R." xr:uid="{00000000-0004-0000-0000-00003F000000}"/>
+    <hyperlink ref="F139" r:id="rId65" xr:uid="{00000000-0004-0000-0000-000040000000}"/>
+    <hyperlink ref="F140" r:id="rId66" xr:uid="{00000000-0004-0000-0000-000041000000}"/>
+    <hyperlink ref="F141" r:id="rId67" xr:uid="{00000000-0004-0000-0000-000042000000}"/>
+    <hyperlink ref="F142" r:id="rId68" xr:uid="{00000000-0004-0000-0000-000043000000}"/>
+    <hyperlink ref="F143" r:id="rId69" xr:uid="{00000000-0004-0000-0000-000044000000}"/>
+    <hyperlink ref="F144" r:id="rId70" xr:uid="{00000000-0004-0000-0000-000045000000}"/>
+    <hyperlink ref="F145" r:id="rId71" xr:uid="{00000000-0004-0000-0000-000046000000}"/>
+    <hyperlink ref="F146" r:id="rId72" xr:uid="{00000000-0004-0000-0000-000047000000}"/>
+    <hyperlink ref="F147" r:id="rId73" xr:uid="{00000000-0004-0000-0000-000048000000}"/>
+    <hyperlink ref="F148" r:id="rId74" xr:uid="{00000000-0004-0000-0000-000049000000}"/>
+    <hyperlink ref="F149" r:id="rId75" xr:uid="{00000000-0004-0000-0000-00004A000000}"/>
+    <hyperlink ref="F150" r:id="rId76" xr:uid="{00000000-0004-0000-0000-00004B000000}"/>
+    <hyperlink ref="F151" r:id="rId77" xr:uid="{00000000-0004-0000-0000-00004C000000}"/>
+    <hyperlink ref="F152" r:id="rId78" xr:uid="{00000000-0004-0000-0000-00004D000000}"/>
+    <hyperlink ref="F153" r:id="rId79" xr:uid="{00000000-0004-0000-0000-00004E000000}"/>
+    <hyperlink ref="F154" r:id="rId80" xr:uid="{00000000-0004-0000-0000-00004F000000}"/>
+    <hyperlink ref="F155" r:id="rId81" xr:uid="{00000000-0004-0000-0000-000050000000}"/>
+    <hyperlink ref="F156" r:id="rId82" location=":~:text=Peut%20%C3%AAtre%20d%C3%A9sign%C3%A9%20aux%20fonctions,d'une%20activit%C3%A9%20transfusionnelle%20au" xr:uid="{00000000-0004-0000-0000-000051000000}"/>
+    <hyperlink ref="F167" r:id="rId83" xr:uid="{00000000-0004-0000-0000-000055000000}"/>
+    <hyperlink ref="F176" r:id="rId84" xr:uid="{00000000-0004-0000-0000-000057000000}"/>
+    <hyperlink ref="F175" r:id="rId85" xr:uid="{00000000-0004-0000-0000-000058000000}"/>
+    <hyperlink ref="F180" r:id="rId86" xr:uid="{00000000-0004-0000-0000-000059000000}"/>
+    <hyperlink ref="F178" r:id="rId87" xr:uid="{00000000-0004-0000-0000-00005A000000}"/>
+    <hyperlink ref="F177" r:id="rId88" xr:uid="{00000000-0004-0000-0000-00005B000000}"/>
+    <hyperlink ref="F179" r:id="rId89" location=":~:text=Les%20principes%20de%20bonnes%20pratiques%20dont%20doivent%20se%20doter%20les,annexe%20de%20la%20pr%C3%A9sente%20d%C3%A9cision." xr:uid="{00000000-0004-0000-0000-00005C000000}"/>
+    <hyperlink ref="F181" r:id="rId90" xr:uid="{00000000-0004-0000-0000-00005D000000}"/>
+    <hyperlink ref="F182" r:id="rId91" xr:uid="{00000000-0004-0000-0000-00005E000000}"/>
+    <hyperlink ref="F185" r:id="rId92" xr:uid="{00000000-0004-0000-0000-00005F000000}"/>
+    <hyperlink ref="F186" r:id="rId93" xr:uid="{00000000-0004-0000-0000-000060000000}"/>
+    <hyperlink ref="F187" r:id="rId94" xr:uid="{00000000-0004-0000-0000-000061000000}"/>
+    <hyperlink ref="F189" r:id="rId95" xr:uid="{00000000-0004-0000-0000-000062000000}"/>
+    <hyperlink ref="F190" r:id="rId96" xr:uid="{00000000-0004-0000-0000-000063000000}"/>
+    <hyperlink ref="F191" r:id="rId97" xr:uid="{00000000-0004-0000-0000-000064000000}"/>
+    <hyperlink ref="F192" r:id="rId98" xr:uid="{00000000-0004-0000-0000-000065000000}"/>
+    <hyperlink ref="F193" r:id="rId99" xr:uid="{00000000-0004-0000-0000-000066000000}"/>
+    <hyperlink ref="F194" r:id="rId100" xr:uid="{00000000-0004-0000-0000-000067000000}"/>
+    <hyperlink ref="F195" r:id="rId101" xr:uid="{00000000-0004-0000-0000-000068000000}"/>
+    <hyperlink ref="F196" r:id="rId102" xr:uid="{00000000-0004-0000-0000-000069000000}"/>
+    <hyperlink ref="F198" r:id="rId103" xr:uid="{00000000-0004-0000-0000-00006A000000}"/>
+    <hyperlink ref="F200" display="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000020886452#:~:text=Version%20en%20vigueur%20depuis%20le%2011%20mars%202023,-Modifi%C3%A9%20par%20LOI&amp;text=Les%20%C3%A9tablissements%20de%20sant%C3%A9%20%C3%A9laborent,ind%C3%A9sirables%20li%C3%A9s%" xr:uid="{00000000-0004-0000-0000-00006C000000}"/>
+    <hyperlink ref="F201" r:id="rId104" xr:uid="{00000000-0004-0000-0000-00006D000000}"/>
+    <hyperlink ref="F202" r:id="rId105" xr:uid="{00000000-0004-0000-0000-00006E000000}"/>
+    <hyperlink ref="F203" r:id="rId106" xr:uid="{00000000-0004-0000-0000-00006F000000}"/>
+    <hyperlink ref="F204" r:id="rId107" xr:uid="{00000000-0004-0000-0000-000070000000}"/>
+    <hyperlink ref="F205" r:id="rId108" xr:uid="{00000000-0004-0000-0000-000071000000}"/>
+    <hyperlink ref="F206" r:id="rId109" xr:uid="{00000000-0004-0000-0000-000072000000}"/>
+    <hyperlink ref="F207" r:id="rId110" location=":~:text=%2DLa%20fonction%20de%20responsable%20de%20la%20distribution%20de%20l'%C3%A9tablissement,la%20vie%2C%20chimie%20ou%20physique." xr:uid="{00000000-0004-0000-0000-000073000000}"/>
+    <hyperlink ref="F209" r:id="rId111" location=":~:text=%2D%20Le%20correspondant%20d'h%C3%A9movigilance%20et,la%20commission%20m%C3%A9dicale%20d'%C3%A9tablissement." xr:uid="{00000000-0004-0000-0000-000074000000}"/>
+    <hyperlink ref="F208" r:id="rId112" location=":~:text=%2DDes%20conditions%20particuli%C3%A8res%20de%20qualification,et%20des%20produits%20de%20sant%C3%A9." xr:uid="{00000000-0004-0000-0000-000075000000}"/>
+    <hyperlink ref="F210" r:id="rId113" location=":~:text=Nul%20ne%20peut%20exercer%20la,titre%20mentionn%C3%A9%20aux%20articles%20L." xr:uid="{00000000-0004-0000-0000-000076000000}"/>
+    <hyperlink ref="F211" display="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000043187502#:~:text=Version%20en%20vigueur%20depuis%20le%2027%20f%C3%A9vrier%202021,-Modifi%C3%A9%20par%20D%C3%A9cret&amp;text=Les%20modifications%20non%20substantielles%20sont,de%20transfusion%20sangui" xr:uid="{00000000-0004-0000-0000-000077000000}"/>
+    <hyperlink ref="F212" r:id="rId114" xr:uid="{00000000-0004-0000-0000-000078000000}"/>
+    <hyperlink ref="F213" r:id="rId115" xr:uid="{00000000-0004-0000-0000-000079000000}"/>
+    <hyperlink ref="F221" r:id="rId116" location="page=103" xr:uid="{00000000-0004-0000-0000-00007A000000}"/>
+    <hyperlink ref="F234" r:id="rId117" xr:uid="{00000000-0004-0000-0000-00007B000000}"/>
+    <hyperlink ref="F235" r:id="rId118" xr:uid="{00000000-0004-0000-0000-00007C000000}"/>
+    <hyperlink ref="F237" r:id="rId119" xr:uid="{00000000-0004-0000-0000-00007D000000}"/>
+    <hyperlink ref="F238" r:id="rId120" xr:uid="{00000000-0004-0000-0000-00007E000000}"/>
+    <hyperlink ref="F239" r:id="rId121" xr:uid="{00000000-0004-0000-0000-00007F000000}"/>
+    <hyperlink ref="F240" r:id="rId122" xr:uid="{00000000-0004-0000-0000-000080000000}"/>
+    <hyperlink ref="F241" r:id="rId123" xr:uid="{00000000-0004-0000-0000-000081000000}"/>
+    <hyperlink ref="F242" r:id="rId124" xr:uid="{00000000-0004-0000-0000-000082000000}"/>
+    <hyperlink ref="F243" r:id="rId125" xr:uid="{00000000-0004-0000-0000-000083000000}"/>
+    <hyperlink ref="F245" r:id="rId126" xr:uid="{00000000-0004-0000-0000-000084000000}"/>
+    <hyperlink ref="F236" r:id="rId127" location=":~:text=R%C3%89SUM%C3%89,la%20s%C3%A9curit%C3%A9%20sanitaire%20en%20r%C3%A9gion." xr:uid="{00000000-0004-0000-0000-000085000000}"/>
     <hyperlink ref="F13" r:id="rId128" xr:uid="{00000000-0004-0000-0000-000086000000}"/>
-    <hyperlink ref="F123" r:id="rId129" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
-[...6 lines deleted...]
-    <hyperlink ref="F186" r:id="rId136" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
+    <hyperlink ref="F125" r:id="rId129" xr:uid="{00000000-0004-0000-0000-000087000000}"/>
+    <hyperlink ref="F174" r:id="rId130" xr:uid="{00000000-0004-0000-0000-000088000000}"/>
+    <hyperlink ref="F162" r:id="rId131" xr:uid="{00000000-0004-0000-0000-000089000000}"/>
+    <hyperlink ref="F170" r:id="rId132" xr:uid="{00000000-0004-0000-0000-00008A000000}"/>
+    <hyperlink ref="F169" r:id="rId133" xr:uid="{00000000-0004-0000-0000-00008B000000}"/>
+    <hyperlink ref="F163" r:id="rId134" xr:uid="{00000000-0004-0000-0000-00008C000000}"/>
+    <hyperlink ref="F214" r:id="rId135" location="LEGISCTA000029460154" xr:uid="{00000000-0004-0000-0000-00008D000000}"/>
+    <hyperlink ref="F188" r:id="rId136" xr:uid="{00000000-0004-0000-0000-00008E000000}"/>
     <hyperlink ref="F3" r:id="rId137" xr:uid="{00000000-0004-0000-0000-00008F000000}"/>
-    <hyperlink ref="G242" r:id="rId138" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
-[...3 lines deleted...]
-    <hyperlink ref="F246" r:id="rId142" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
+    <hyperlink ref="G244" r:id="rId138" xr:uid="{00000000-0004-0000-0000-000090000000}"/>
+    <hyperlink ref="F102" r:id="rId139" xr:uid="{00000000-0004-0000-0000-000091000000}"/>
+    <hyperlink ref="F246" r:id="rId140" xr:uid="{00000000-0004-0000-0000-000092000000}"/>
+    <hyperlink ref="F247" r:id="rId141" xr:uid="{00000000-0004-0000-0000-000093000000}"/>
+    <hyperlink ref="F248" r:id="rId142" xr:uid="{00000000-0004-0000-0000-000094000000}"/>
     <hyperlink ref="F17" r:id="rId143" xr:uid="{00000000-0004-0000-0000-000095000000}"/>
     <hyperlink ref="F18" r:id="rId144" xr:uid="{00000000-0004-0000-0000-000096000000}"/>
     <hyperlink ref="F19" r:id="rId145" xr:uid="{00000000-0004-0000-0000-000097000000}"/>
     <hyperlink ref="F20" r:id="rId146" xr:uid="{00000000-0004-0000-0000-000098000000}"/>
     <hyperlink ref="F21" r:id="rId147" xr:uid="{00000000-0004-0000-0000-000099000000}"/>
     <hyperlink ref="F16" r:id="rId148" xr:uid="{00000000-0004-0000-0000-00009A000000}"/>
-    <hyperlink ref="F134" r:id="rId149" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F120" r:id="rId151" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
+    <hyperlink ref="F136" r:id="rId149" xr:uid="{00000000-0004-0000-0000-00009B000000}"/>
+    <hyperlink ref="G136" r:id="rId150" xr:uid="{00000000-0004-0000-0000-00009C000000}"/>
+    <hyperlink ref="F122" r:id="rId151" xr:uid="{00000000-0004-0000-0000-00009D000000}"/>
     <hyperlink ref="F11" r:id="rId152" xr:uid="{00000000-0004-0000-0000-00009E000000}"/>
     <hyperlink ref="F10" r:id="rId153" xr:uid="{00000000-0004-0000-0000-00009F000000}"/>
     <hyperlink ref="G12" r:id="rId154" xr:uid="{00000000-0004-0000-0000-0000A0000000}"/>
     <hyperlink ref="F12" r:id="rId155" xr:uid="{00000000-0004-0000-0000-0000A1000000}"/>
     <hyperlink ref="G9" r:id="rId156" xr:uid="{00000000-0004-0000-0000-0000A2000000}"/>
     <hyperlink ref="F9" r:id="rId157" xr:uid="{00000000-0004-0000-0000-0000A3000000}"/>
     <hyperlink ref="G22" r:id="rId158" xr:uid="{00000000-0004-0000-0000-0000A4000000}"/>
     <hyperlink ref="F22" r:id="rId159" xr:uid="{00000000-0004-0000-0000-0000A5000000}"/>
-    <hyperlink ref="F223" r:id="rId160" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
-[...16 lines deleted...]
-    <hyperlink ref="F250" r:id="rId177" xr:uid="{00000000-0004-0000-0000-0000B7000000}"/>
+    <hyperlink ref="F225" r:id="rId160" xr:uid="{00000000-0004-0000-0000-0000A6000000}"/>
+    <hyperlink ref="F227" r:id="rId161" xr:uid="{00000000-0004-0000-0000-0000A7000000}"/>
+    <hyperlink ref="F222" r:id="rId162" xr:uid="{00000000-0004-0000-0000-0000A8000000}"/>
+    <hyperlink ref="F230" r:id="rId163" xr:uid="{00000000-0004-0000-0000-0000A9000000}"/>
+    <hyperlink ref="F223" r:id="rId164" xr:uid="{00000000-0004-0000-0000-0000AA000000}"/>
+    <hyperlink ref="F232" r:id="rId165" xr:uid="{00000000-0004-0000-0000-0000AB000000}"/>
+    <hyperlink ref="F226" r:id="rId166" xr:uid="{00000000-0004-0000-0000-0000AC000000}"/>
+    <hyperlink ref="F228" r:id="rId167" xr:uid="{00000000-0004-0000-0000-0000AD000000}"/>
+    <hyperlink ref="F231" r:id="rId168" xr:uid="{00000000-0004-0000-0000-0000AE000000}"/>
+    <hyperlink ref="G231" r:id="rId169" xr:uid="{00000000-0004-0000-0000-0000AF000000}"/>
+    <hyperlink ref="F229" r:id="rId170" xr:uid="{00000000-0004-0000-0000-0000B0000000}"/>
+    <hyperlink ref="G229" r:id="rId171" xr:uid="{00000000-0004-0000-0000-0000B1000000}"/>
+    <hyperlink ref="G135" r:id="rId172" xr:uid="{00000000-0004-0000-0000-0000B2000000}"/>
+    <hyperlink ref="F135" r:id="rId173" xr:uid="{00000000-0004-0000-0000-0000B3000000}"/>
+    <hyperlink ref="F215" r:id="rId174" xr:uid="{00000000-0004-0000-0000-0000B4000000}"/>
+    <hyperlink ref="F217" r:id="rId175" xr:uid="{00000000-0004-0000-0000-0000B5000000}"/>
+    <hyperlink ref="F216" r:id="rId176" xr:uid="{00000000-0004-0000-0000-0000B6000000}"/>
+    <hyperlink ref="F252" r:id="rId177" xr:uid="{00000000-0004-0000-0000-0000B7000000}"/>
     <hyperlink ref="F59" r:id="rId178" xr:uid="{00000000-0004-0000-0000-0000B8000000}"/>
     <hyperlink ref="G59" r:id="rId179" xr:uid="{00000000-0004-0000-0000-0000B9000000}"/>
     <hyperlink ref="F64" r:id="rId180" xr:uid="{00000000-0004-0000-0000-0000BA000000}"/>
     <hyperlink ref="G64" r:id="rId181" xr:uid="{00000000-0004-0000-0000-0000BB000000}"/>
     <hyperlink ref="G45" r:id="rId182" xr:uid="{00000000-0004-0000-0000-0000BC000000}"/>
     <hyperlink ref="F45" r:id="rId183" xr:uid="{00000000-0004-0000-0000-0000BD000000}"/>
     <hyperlink ref="F48" r:id="rId184" xr:uid="{00000000-0004-0000-0000-0000BE000000}"/>
     <hyperlink ref="F50" r:id="rId185" xr:uid="{00000000-0004-0000-0000-0000BF000000}"/>
     <hyperlink ref="G50" r:id="rId186" xr:uid="{00000000-0004-0000-0000-0000C0000000}"/>
     <hyperlink ref="F51" r:id="rId187" xr:uid="{00000000-0004-0000-0000-0000C1000000}"/>
     <hyperlink ref="F52" r:id="rId188" xr:uid="{00000000-0004-0000-0000-0000C2000000}"/>
     <hyperlink ref="F54" r:id="rId189" xr:uid="{00000000-0004-0000-0000-0000C3000000}"/>
     <hyperlink ref="G54" r:id="rId190" xr:uid="{00000000-0004-0000-0000-0000C4000000}"/>
     <hyperlink ref="F55" r:id="rId191" xr:uid="{00000000-0004-0000-0000-0000C5000000}"/>
     <hyperlink ref="G55" r:id="rId192" xr:uid="{00000000-0004-0000-0000-0000C6000000}"/>
     <hyperlink ref="F60" r:id="rId193" xr:uid="{00000000-0004-0000-0000-0000C7000000}"/>
     <hyperlink ref="G60" r:id="rId194" xr:uid="{00000000-0004-0000-0000-0000C8000000}"/>
     <hyperlink ref="F46" r:id="rId195" xr:uid="{00000000-0004-0000-0000-0000C9000000}"/>
     <hyperlink ref="G46" r:id="rId196" xr:uid="{00000000-0004-0000-0000-0000CA000000}"/>
     <hyperlink ref="F47" r:id="rId197" xr:uid="{00000000-0004-0000-0000-0000CB000000}"/>
     <hyperlink ref="G47" r:id="rId198" xr:uid="{00000000-0004-0000-0000-0000CC000000}"/>
     <hyperlink ref="F56" r:id="rId199" xr:uid="{00000000-0004-0000-0000-0000CD000000}"/>
     <hyperlink ref="G56" r:id="rId200" xr:uid="{00000000-0004-0000-0000-0000CE000000}"/>
     <hyperlink ref="G61" r:id="rId201" xr:uid="{00000000-0004-0000-0000-0000CF000000}"/>
     <hyperlink ref="F61" r:id="rId202" xr:uid="{00000000-0004-0000-0000-0000D0000000}"/>
     <hyperlink ref="F62" r:id="rId203" xr:uid="{00000000-0004-0000-0000-0000D1000000}"/>
     <hyperlink ref="G62" r:id="rId204" xr:uid="{00000000-0004-0000-0000-0000D2000000}"/>
     <hyperlink ref="G57" r:id="rId205" xr:uid="{00000000-0004-0000-0000-0000D3000000}"/>
     <hyperlink ref="F57" r:id="rId206" xr:uid="{00000000-0004-0000-0000-0000D4000000}"/>
     <hyperlink ref="G58" r:id="rId207" xr:uid="{00000000-0004-0000-0000-0000D5000000}"/>
     <hyperlink ref="F58" r:id="rId208" xr:uid="{00000000-0004-0000-0000-0000D6000000}"/>
     <hyperlink ref="F49" r:id="rId209" xr:uid="{00000000-0004-0000-0000-0000D7000000}"/>
     <hyperlink ref="F63" r:id="rId210" xr:uid="{00000000-0004-0000-0000-0000D8000000}"/>
     <hyperlink ref="G63" r:id="rId211" xr:uid="{00000000-0004-0000-0000-0000D9000000}"/>
     <hyperlink ref="G65" r:id="rId212" xr:uid="{00000000-0004-0000-0000-0000DA000000}"/>
     <hyperlink ref="F65" r:id="rId213" xr:uid="{00000000-0004-0000-0000-0000DB000000}"/>
     <hyperlink ref="G53" r:id="rId214" xr:uid="{00000000-0004-0000-0000-0000DC000000}"/>
     <hyperlink ref="F53" r:id="rId215" xr:uid="{00000000-0004-0000-0000-0000DD000000}"/>
-    <hyperlink ref="F164" r:id="rId216" xr:uid="{00000000-0004-0000-0000-0000DE000000}"/>
-[...6 lines deleted...]
-    <hyperlink ref="F136" r:id="rId223" xr:uid="{00000000-0004-0000-0000-0000E5000000}"/>
+    <hyperlink ref="F166" r:id="rId216" xr:uid="{00000000-0004-0000-0000-0000DE000000}"/>
+    <hyperlink ref="F165" r:id="rId217" xr:uid="{00000000-0004-0000-0000-0000DF000000}"/>
+    <hyperlink ref="G173" r:id="rId218" xr:uid="{00000000-0004-0000-0000-0000E0000000}"/>
+    <hyperlink ref="F173" r:id="rId219" location=":~:text=La%20r%C3%A9daction%20de%20la%20fiche,connaissance%20de%20ses%20points%20critiques." xr:uid="{00000000-0004-0000-0000-0000E1000000}"/>
+    <hyperlink ref="F164" r:id="rId220" xr:uid="{00000000-0004-0000-0000-0000E2000000}"/>
+    <hyperlink ref="G164" r:id="rId221" xr:uid="{00000000-0004-0000-0000-0000E3000000}"/>
+    <hyperlink ref="G138" r:id="rId222" xr:uid="{00000000-0004-0000-0000-0000E4000000}"/>
+    <hyperlink ref="F138" r:id="rId223" xr:uid="{00000000-0004-0000-0000-0000E5000000}"/>
     <hyperlink ref="F4" r:id="rId224" xr:uid="{00000000-0004-0000-0000-0000E6000000}"/>
     <hyperlink ref="F5" r:id="rId225" xr:uid="{00000000-0004-0000-0000-0000E7000000}"/>
-    <hyperlink ref="F248" r:id="rId226" location="page=48" xr:uid="{00000000-0004-0000-0000-0000E8000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F135" r:id="rId228" location=":~:text=Le%203%C2%B0%20de%20l,1110%2D12." xr:uid="{00000000-0004-0000-0000-0000EA000000}"/>
+    <hyperlink ref="F250" r:id="rId226" location="page=48" xr:uid="{00000000-0004-0000-0000-0000E8000000}"/>
+    <hyperlink ref="F244" r:id="rId227" location="page=48" xr:uid="{00000000-0004-0000-0000-0000E9000000}"/>
+    <hyperlink ref="F137" r:id="rId228" location=":~:text=Le%203%C2%B0%20de%20l,1110%2D12." xr:uid="{00000000-0004-0000-0000-0000EA000000}"/>
     <hyperlink ref="F34" r:id="rId229" xr:uid="{00000000-0004-0000-0000-0000EB000000}"/>
     <hyperlink ref="F33" r:id="rId230" xr:uid="{00000000-0004-0000-0000-0000EC000000}"/>
-    <hyperlink ref="F166" r:id="rId231" xr:uid="{00000000-0004-0000-0000-0000ED000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F218" r:id="rId233" xr:uid="{00000000-0004-0000-0000-0000EF000000}"/>
+    <hyperlink ref="F168" r:id="rId231" xr:uid="{00000000-0004-0000-0000-0000ED000000}"/>
+    <hyperlink ref="F92" r:id="rId232" xr:uid="{00000000-0004-0000-0000-0000EE000000}"/>
+    <hyperlink ref="F220" r:id="rId233" xr:uid="{00000000-0004-0000-0000-0000EF000000}"/>
     <hyperlink ref="F32" r:id="rId234" xr:uid="{00000000-0004-0000-0000-0000F0000000}"/>
     <hyperlink ref="F31" r:id="rId235" xr:uid="{00000000-0004-0000-0000-0000F1000000}"/>
-    <hyperlink ref="F159" r:id="rId236" display="https://ansm.sante.fr/actualites/decision-du-28-12-2023-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-deffet-indesirable-grave-survenu-chez-un-donneur-de-sang" xr:uid="{00000000-0004-0000-0000-0000F2000000}"/>
+    <hyperlink ref="F161" r:id="rId236" display="https://ansm.sante.fr/actualites/decision-du-28-12-2023-fixant-la-forme-le-contenu-et-les-modalites-de-transmission-de-la-fiche-de-declaration-deffet-indesirable-grave-survenu-chez-un-donneur-de-sang" xr:uid="{00000000-0004-0000-0000-0000F2000000}"/>
     <hyperlink ref="F30" r:id="rId237" xr:uid="{00000000-0004-0000-0000-0000F3000000}"/>
     <hyperlink ref="G30" r:id="rId238" xr:uid="{00000000-0004-0000-0000-0000F4000000}"/>
-    <hyperlink ref="F88" r:id="rId239" xr:uid="{00000000-0004-0000-0000-0000F5000000}"/>
-[...1 lines deleted...]
-    <hyperlink ref="F87" r:id="rId241" xr:uid="{00000000-0004-0000-0000-0000F7000000}"/>
+    <hyperlink ref="F90" r:id="rId239" xr:uid="{00000000-0004-0000-0000-0000F5000000}"/>
+    <hyperlink ref="F91" r:id="rId240" xr:uid="{00000000-0004-0000-0000-0000F6000000}"/>
+    <hyperlink ref="F89" r:id="rId241" xr:uid="{00000000-0004-0000-0000-0000F7000000}"/>
     <hyperlink ref="F29" r:id="rId242" xr:uid="{00000000-0004-0000-0000-0000F8000000}"/>
-    <hyperlink ref="F85" r:id="rId243" xr:uid="{00000000-0004-0000-0000-0000F9000000}"/>
+    <hyperlink ref="F87" r:id="rId243" xr:uid="{00000000-0004-0000-0000-0000F9000000}"/>
     <hyperlink ref="F28" r:id="rId244" xr:uid="{D93A12F6-275E-4E47-A711-C5796B88D1C2}"/>
-    <hyperlink ref="F197" r:id="rId245" location=":~:text=Version%20en%20vigueur%20depuis%20le%2003%20ao%C3%BBt%202023,-Modifi%C3%A9%20par%20LOI&amp;text=Les%20produits%20sanguins%20labiles%20destin%C3%A9s,de%20transfusion%20sanguine%20des%20arm%C3%A9es." display="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000036515217/#:~:text=Version%20en%20vigueur%20depuis%20le%2003%20ao%C3%BBt%202023,-Modifi%C3%A9%20par%20LOI&amp;text=Les%20produits%20sanguins%20labiles%20destin%C3%A9s,de%20transfusion%20sanguine%20des%20arm%C3%A9es." xr:uid="{D7FD2535-B5AE-4F9A-86E3-E4400DDADB5F}"/>
+    <hyperlink ref="F199" r:id="rId245" location=":~:text=Version%20en%20vigueur%20depuis%20le%2003%20ao%C3%BBt%202023,-Modifi%C3%A9%20par%20LOI&amp;text=Les%20produits%20sanguins%20labiles%20destin%C3%A9s,de%20transfusion%20sanguine%20des%20arm%C3%A9es." display="https://www.legifrance.gouv.fr/codes/article_lc/LEGIARTI000036515217/#:~:text=Version%20en%20vigueur%20depuis%20le%2003%20ao%C3%BBt%202023,-Modifi%C3%A9%20par%20LOI&amp;text=Les%20produits%20sanguins%20labiles%20destin%C3%A9s,de%20transfusion%20sanguine%20des%20arm%C3%A9es." xr:uid="{D7FD2535-B5AE-4F9A-86E3-E4400DDADB5F}"/>
     <hyperlink ref="F37" r:id="rId246" xr:uid="{04743F6F-C119-4638-A55F-ABAD0F918593}"/>
     <hyperlink ref="G37" r:id="rId247" display="https://www.legifrance.gouv.fr/download/pdf?id=e4HmJimfbrDd-CZ1nKjegHPxJDJK_RXqQJ6-9J1vPu4=" xr:uid="{EA5AEBBC-218C-45CD-A3FC-9195628687A4}"/>
     <hyperlink ref="F38" r:id="rId248" xr:uid="{23E72DC5-1039-4741-AE32-E3D81B19A64D}"/>
     <hyperlink ref="G38" r:id="rId249" xr:uid="{475364E1-42AE-4C94-A1AD-3D44D7FDFCE7}"/>
-    <hyperlink ref="F158" r:id="rId250" location=":~:text=%C2%AB%20Si%20une%20phase%20de%20transport,%C2%BB" xr:uid="{C22F59CF-54D4-4970-AE9B-32E1FFBEDB0B}"/>
-    <hyperlink ref="G158" r:id="rId251" xr:uid="{0318C270-F13A-4F17-8833-655F2447B6FF}"/>
+    <hyperlink ref="F160" r:id="rId250" location=":~:text=%C2%AB%20Si%20une%20phase%20de%20transport,%C2%BB" xr:uid="{C22F59CF-54D4-4970-AE9B-32E1FFBEDB0B}"/>
+    <hyperlink ref="G160" r:id="rId251" xr:uid="{0318C270-F13A-4F17-8833-655F2447B6FF}"/>
     <hyperlink ref="F27" r:id="rId252" xr:uid="{D0D8E9F5-DD3C-4389-96EA-47249B3A0122}"/>
-    <hyperlink ref="F82" r:id="rId253" xr:uid="{02610022-E011-472F-854D-E6396366A65C}"/>
-[...5 lines deleted...]
-    <hyperlink ref="G80" r:id="rId259" xr:uid="{1A3F9674-16C1-488B-9DB7-7D891566CEB9}"/>
+    <hyperlink ref="F84" r:id="rId253" xr:uid="{02610022-E011-472F-854D-E6396366A65C}"/>
+    <hyperlink ref="F224" r:id="rId254" xr:uid="{4798C65E-E9F1-4CEC-BFBF-A7801F450A4C}"/>
+    <hyperlink ref="F86" r:id="rId255" xr:uid="{8DE356C8-DD23-495D-BE40-72A8B84DA32A}"/>
+    <hyperlink ref="F85" r:id="rId256" xr:uid="{52B80F80-4872-47CA-9C38-69C7C5834A5F}"/>
+    <hyperlink ref="F83" r:id="rId257" xr:uid="{9FF6150B-98C8-4313-B347-7299FB2F3AB7}"/>
+    <hyperlink ref="F82" r:id="rId258" xr:uid="{5FB78577-0791-4B17-B102-A0928E8F0B0D}"/>
+    <hyperlink ref="G82" r:id="rId259" xr:uid="{1A3F9674-16C1-488B-9DB7-7D891566CEB9}"/>
     <hyperlink ref="F26" r:id="rId260" xr:uid="{0CB11706-143F-401B-A15F-E5C85F33DC4F}"/>
-    <hyperlink ref="F217" r:id="rId261" xr:uid="{B46038AC-260F-4B1C-B391-6FEA45FEA7DC}"/>
-[...2 lines deleted...]
-    <hyperlink ref="F157" r:id="rId264" xr:uid="{08C31F63-3FC5-4152-BA46-433501E19AEC}"/>
+    <hyperlink ref="F219" r:id="rId261" xr:uid="{B46038AC-260F-4B1C-B391-6FEA45FEA7DC}"/>
+    <hyperlink ref="F81" r:id="rId262" xr:uid="{89C38354-B59B-4253-9786-3E761B53F9E7}"/>
+    <hyperlink ref="G81" r:id="rId263" xr:uid="{5AFE4575-5AFB-4FBF-93FF-7B225B6D4DB9}"/>
+    <hyperlink ref="F159" r:id="rId264" xr:uid="{08C31F63-3FC5-4152-BA46-433501E19AEC}"/>
     <hyperlink ref="F25" r:id="rId265" xr:uid="{48FD73AF-61A9-48D0-A868-179B313693E4}"/>
     <hyperlink ref="G25" r:id="rId266" xr:uid="{F978B66B-193F-4C8B-8BDC-11AF341F616C}"/>
-    <hyperlink ref="F155" r:id="rId267" xr:uid="{F431CCD5-4C45-4FAD-AE64-275310B58962}"/>
-[...3 lines deleted...]
-    <hyperlink ref="F216" r:id="rId271" display="https://bulletins-officiels.social.gouv.fr/instruction-ndeg-dgscorruss202565-du-11-juillet-2025-relative-aux-modalites-de-transmission-et-de-gestion-des-signalements-sanitaires-et-des-alertes-sanitaires-entre-les-agences-regionales-de-sante-ars-et-le-ministere-en-charge-de-la-sante" xr:uid="{EC4B43A3-7688-4DF4-B9E0-08CF3B36BC2C}"/>
+    <hyperlink ref="F157" r:id="rId267" xr:uid="{F431CCD5-4C45-4FAD-AE64-275310B58962}"/>
+    <hyperlink ref="G157" r:id="rId268" xr:uid="{66EE98C1-5F54-45E6-9F7D-FF088CC3F6B7}"/>
+    <hyperlink ref="F183" r:id="rId269" xr:uid="{A0407BDF-195B-4A73-9880-6C33511F7AAA}"/>
+    <hyperlink ref="G183" r:id="rId270" xr:uid="{BB467C0C-CD8C-4998-BB7E-DB431C4E5463}"/>
+    <hyperlink ref="F218" r:id="rId271" display="https://bulletins-officiels.social.gouv.fr/instruction-ndeg-dgscorruss202565-du-11-juillet-2025-relative-aux-modalites-de-transmission-et-de-gestion-des-signalements-sanitaires-et-des-alertes-sanitaires-entre-les-agences-regionales-de-sante-ars-et-le-ministere-en-charge-de-la-sante" xr:uid="{EC4B43A3-7688-4DF4-B9E0-08CF3B36BC2C}"/>
     <hyperlink ref="F2" r:id="rId272" xr:uid="{D8873F24-5B25-47A5-A4B2-767A01A76F4F}"/>
-    <hyperlink ref="F86" r:id="rId273" xr:uid="{2E209945-8E58-44B9-AE1B-FACC2F44E3FF}"/>
-[...2 lines deleted...]
-    <hyperlink ref="G78" r:id="rId276" xr:uid="{D3488F78-DE71-420C-86E2-3CC648B2430A}"/>
+    <hyperlink ref="F88" r:id="rId273" xr:uid="{2E209945-8E58-44B9-AE1B-FACC2F44E3FF}"/>
+    <hyperlink ref="G88" r:id="rId274" xr:uid="{0C24B89E-5582-4FB3-95A9-B50E082CE86A}"/>
+    <hyperlink ref="F80" r:id="rId275" xr:uid="{C2CE8959-8784-4F60-8BBB-E441B7BB5D87}"/>
+    <hyperlink ref="G80" r:id="rId276" xr:uid="{D3488F78-DE71-420C-86E2-3CC648B2430A}"/>
+    <hyperlink ref="F79" r:id="rId277" xr:uid="{4078C60E-07DD-48BD-8BFE-F0954090516B}"/>
+    <hyperlink ref="G79" r:id="rId278" xr:uid="{96CA6ACB-F9BE-4B62-9101-9E7A182B2663}"/>
+    <hyperlink ref="F78" r:id="rId279" xr:uid="{8348C999-D5C7-4F4B-BA41-2F6B3AE54DBA}"/>
+    <hyperlink ref="G78" r:id="rId280" xr:uid="{5AF07C07-86E8-4DC0-B14D-EBDFE4A37963}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="landscape" r:id="rId277"/>
+  <pageSetup paperSize="9" orientation="landscape" r:id="rId281"/>
   <tableParts count="1">
-    <tablePart r:id="rId278"/>
+    <tablePart r:id="rId282"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Feuilles de calcul</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Textes réglementaires </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ministère des affaires sociales</Company>